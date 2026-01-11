--- v0 (2025-12-05)
+++ v1 (2026-01-11)
@@ -96,59 +96,59 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F4372" w:rsidRPr="008678CC" w14:paraId="359AB02F" w14:textId="77777777" w:rsidTr="008678CC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10441" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22CCEC93" w14:textId="77777777" w:rsidR="009F59AF" w:rsidRPr="008678CC" w:rsidRDefault="00277D91" w:rsidP="00BD4EC8">
             <w:pPr>
               <w:pStyle w:val="B17MastheadTitle"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc474410756"/>
             <w:r w:rsidRPr="008678CC">
               <w:t>Schroder ISF* EURO High Yield</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A9C88F0" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="008678CC" w:rsidRDefault="00AE2132" w:rsidP="00AE2132">
             <w:pPr>
               <w:pStyle w:val="B17MastheadSmallSubtitle"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="523E283E" w14:textId="274851A7" w:rsidR="00E7759E" w:rsidRPr="008678CC" w:rsidRDefault="00277D91" w:rsidP="000A132E">
+          <w:p w14:paraId="523E283E" w14:textId="46C55DC1" w:rsidR="00E7759E" w:rsidRPr="008678CC" w:rsidRDefault="00277D91" w:rsidP="000A132E">
             <w:pPr>
               <w:pStyle w:val="B17MastheadSmallSubtitle"/>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:t xml:space="preserve">Fund Manager: Hugo Squire | Fund update: </w:t>
             </w:r>
-            <w:r w:rsidR="0087222D">
-              <w:t>October</w:t>
+            <w:r w:rsidR="00D25C7B">
+              <w:t>November</w:t>
             </w:r>
             <w:r w:rsidR="00A85FC3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B40AB7">
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="007B01A2">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A65D6DD" w14:textId="77777777" w:rsidR="00F83AFE" w:rsidRPr="00B76737" w:rsidRDefault="00F83AFE" w:rsidP="00B831A3">
       <w:pPr>
         <w:pStyle w:val="B17BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FF0A350" w14:textId="77777777" w:rsidR="00B831A3" w:rsidRDefault="00B831A3" w:rsidP="001C7C75">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:sectPr w:rsidR="00B831A3" w:rsidSect="007759D1">
           <w:footerReference w:type="even" r:id="rId34"/>
           <w:footerReference w:type="default" r:id="rId35"/>
@@ -164,533 +164,466 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DB63BC2" w14:textId="77777777" w:rsidR="00942BD1" w:rsidRPr="00942BD1" w:rsidRDefault="00942BD1" w:rsidP="00942BD1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="631F5984" w14:textId="1830D57B" w:rsidR="003C4151" w:rsidRDefault="00B80E5E" w:rsidP="0055783F">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="-284"/>
       </w:pPr>
       <w:r>
         <w:t>Mark</w:t>
       </w:r>
       <w:r w:rsidR="00E93193">
         <w:t>et</w:t>
       </w:r>
       <w:r w:rsidR="00AE2132" w:rsidRPr="00674E09">
         <w:t xml:space="preserve"> overview</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="007D8EE4" w14:textId="23727A2C" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="06F6CB8B" w14:textId="5A2E91F7" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="270"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk128747504"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk115965165"/>
       <w:bookmarkStart w:id="3" w:name="_Hlk145019374"/>
-      <w:r w:rsidRPr="0087222D">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> – created a risk-off tone for credit markets in October. </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">Events in the US were the main influence on credit markets during November. Initially markets weakened as the Federal Reserve (Fed) adopted a more hawkish tone on monetary policy, while high issuance volumes from major US technology companies to fund AI-related investment also weighed on sentiment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76134ACB" w14:textId="10380870" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="0F960113" w14:textId="2A2580E4" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-        <w:t>In high yield markets, spreads widened on both euro-denominated and US dollar denominated credit.  In Europe, there was significant weakness among single-B rated issues in basic industries – notably chemicals and packaging – and financial services, focused on debt collectors.</w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">Subsequently, weaker US economic indicators combined with a more dovish tone from the Fed paved the way for additional interest rate cuts and triggered a rally over the second half of the month. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="106765A7" w14:textId="1637D7EC" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="79661BE6" w14:textId="09B968A3" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-        <w:t xml:space="preserve">It was a mixed picture in investment grade markets, with credit spreads tightening modestly across Europe, while US spreads widening over the month. Despite increased scrutiny around US regional bank exposures to non-bank financial institutions (NBFI), US financials performed broadly in line with other sectors overall. </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t>In high yield markets, US dollar denominated credit outperformed euro-denominated issues over the month.  In Europe, there was significant weakness in the insurance, basic industries and technology sectors, while spreads tightened in the real estate, financial services and autos sectors</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="265B3700" w14:textId="779A5849" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="5D3548C7" w14:textId="704068F1" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-        <w:t xml:space="preserve">October’s European Central Bank (ECB) meeting was uneventful, with interest rates held at 2% as expected. French politics remained in the spotlight, with Prime Minister Lecornu’s resignation then subsequent reappointment. He later survived two votes of no-confidence following concessions on pension reforms. S&amp;P downgraded France’s sovereign rating to A+ (previously AA-) citing ongoing political instability. </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">In European investment grade markets, spreads widened over the month as investors digested record new issuance volumes for November.  BBB-rated and higher yielding securities lost ground, as did corporate hybrids. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50702584" w14:textId="5BE77EA0" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="109E59E9" w14:textId="47712BB5" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-        <w:t xml:space="preserve">Third quarter economic growth for the eurozone was slightly better-than-expected while inflation remains broadly in line with the ECB’s 2% target. The Eurozone Composite Purchasing Managers Index (PMI) for October recorded its strongest expansion in 17 months, with a sharp acceleration in services sector activity, although manufacturing output registered only a slight increase. </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">There was further evidence of an improvement in the eurozone economic backdrop heading towards the end of the year. The Composite Purchasing Managers Index (PMI) for November highlighted the strongest expansion in private sector activity in two and a half years. This momentum was underpinned by the strength of the services sector activity, while in contrast there was a slowdown in manufacturing amid signs of renewed demand-side weakness.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="795C1DCE" w14:textId="77777777" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="25EBE782" w14:textId="77777777" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-        <w:t xml:space="preserve">In the US, the Federal Reserve cut interest rates by 25bps to 3.75%-4% in what was a split vote and announced an end to its programme of quantitative tightening (which was designed to shrink its balance sheet). However, the main surprise was in Fed Chair Powell’s push back against market expectations of a further rate cut in December. </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">Services sector activity is currently the principal driver of headline inflation, which came in marginally higher than expected for November at 2.2%, and above the European Central Bank’s (ECB) 2% target for the third consecutive month.  The ECB is expected to leave interest rates on hold in December, with investors anticipating that the cycle of rate reductions, which began in June last year, has now run its course. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61C98F5B" w14:textId="4F7D7CE2" w:rsidR="000674F2" w:rsidRPr="005B7E90" w:rsidRDefault="000674F2" w:rsidP="0087222D">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="4737BF73" w14:textId="774A110C" w:rsidR="0088071E" w:rsidRPr="0074279F" w:rsidRDefault="0088071E" w:rsidP="008A5A18">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="270"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40B873E6" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="000E1E84" w:rsidRDefault="00AE2132" w:rsidP="003546D7">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r w:rsidRPr="000E1E84">
         <w:t>Drivers of fund performance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1877EACC" w14:textId="3494C5A0" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="4F6D72C8" w14:textId="5BF5AC1E" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:hanging="283"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk205984777"/>
-[...1 lines deleted...]
-        <w:t>The Fund posted a negative total return, underperforming the reference benchmark during October.</w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t>The Fund posted a positive total return, outperforming the reference benchmark during November.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A5E1307" w14:textId="7853CDF3" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="0DF27A4D" w14:textId="0900B51F" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">. News of a material profit warning was the catalyst for a substantial restructuring of the balance sheet, funded by bond holders.  </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t>Security selection within the financial services sector made a positive contribution to returns. The holding in UK debt collector Lowell rebounded, after the company announced that it had secured additional asset-backed financing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="719AD804" w14:textId="25714D6E" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="0BE38421" w14:textId="1A41FC61" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> weakened as the impact of overcapacity and higher energy costs continues to erode margins throughout the sector. </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">Our holding in payments processor Worldline also rebounded, following a positive capital markets day, as a programme of asset disposals and equity funding have improved sentiment on the company’s credit outlook. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E17BFF5" w14:textId="30A199DA" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="5BC57D40" w14:textId="4B2871DF" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-        <w:t xml:space="preserve">Holdings in French commercial property group </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">In the real estate sector, the holding in commercial developer Emeria – which operates under the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0087222D">
+      <w:r w:rsidRPr="00D25C7B">
         <w:t>Foncia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0087222D">
-        <w:t xml:space="preserve"> and UK debt collector Lowell also detracted, with the latter weakening on the prospect of a further restructuring. </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve"> brand in France – was a key contributor on news that the company is planning an equity fund raising to deleverage its balance sheet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B0C5E23" w14:textId="7684243E" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="686072FA" w14:textId="6A6D0B44" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-        <w:t xml:space="preserve">Contributors over the month included Mediterranean-focused gas exploration and production group Energean, boosted by the ceasefire in the Middle East. </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">In the healthcare sector, the holding in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t>Cerba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve"> made a positive contribution as investors reacted positively to an injection of liquidity prior to a potential restructuring.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E9BF81" w14:textId="0D3D1FD7" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="5283ED60" w14:textId="179B219C" w:rsidR="00DA610C" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-        <w:t xml:space="preserve">The holding in Branicks, an owner of German office and logistics assets, continued to perform well as recent progress on refinancing has been positive for bondholders. </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">Exposure to the leisure sector, specifically UK gaming companies, detracted in the run up to the Autumn budget, which heralded a near-doubling of online gaming duty from April 2026. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA1D856" w14:textId="27E6B7D6" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
-[...18 lines deleted...]
-    <w:p w14:paraId="5283ED60" w14:textId="1574F50C" w:rsidR="00DA610C" w:rsidRDefault="00DA610C" w:rsidP="0087222D">
+    <w:p w14:paraId="014710DE" w14:textId="77777777" w:rsidR="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:jc w:val="both"/>
+        <w:ind w:left="270"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="703C32D4" w14:textId="77777777" w:rsidR="005105CD" w:rsidRPr="004A5669" w:rsidRDefault="005105CD" w:rsidP="00B3299E">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="90"/>
       </w:pPr>
       <w:r w:rsidRPr="008108AC">
         <w:t>Portfolio activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB4FECD" w14:textId="619E5041" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="69560775" w14:textId="2B371FAB" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:hanging="283"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk134188625"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">In the real estate sector, we participated in a re-financing from Eastern European commercial developer GTC, which focuses on shopping centres and offices. The re-financing package strengthens the company’s balance sheet with the issuance of senior secured bonds. The issue has the added attraction of a high coupon.  </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Hlk134188625"/>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">During November, we focused on increasing the credit quality of the portfolio through a reduction in exposure to CCC-rated securities while adding to the proportion held in BB-rated issues. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068B1A23" w14:textId="5D4A46AC" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="6E1A58F1" w14:textId="6075A000" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, which is intended to fund an acquisition in Germany. </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">We exited the holding in Swedish real estate group SBB, after the bonds had rallied following the announcement that the company had agreed the sale of its care home portfolio. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5683F6BF" w14:textId="1E1D7AD5" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="509DC566" w14:textId="5AD0CB16" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">We also added to our holding in Asda, which has a strong foothold in the competitive UK supermarket sector. </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t>We also sold our holding in the debt financing vehicle for UK supermarket Asda. Heavy price discounts in the highly competitive food retailing sector have diluted earnings without an accompanying increase in market share.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07A6C31B" w14:textId="39E27B00" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="63CF7DD6" w14:textId="7FF3F96E" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-        <w:t xml:space="preserve">We exited the holding in Kloeckner </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">In the primary market, we participated in a new issue of senior secured BB-rated bonds from Spanish supermarket chain </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0087222D">
-        <w:t>Pentaplast</w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t>Eroski</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0087222D">
-        <w:t xml:space="preserve">, following the recent profit warning. </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">, to prepay subordinated bonds and other existing loans. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089E4982" w14:textId="39678B88" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="7585C9ED" w14:textId="6DE68D7A" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-        <w:t xml:space="preserve">With credit spreads in the high yield market now at substantially tighter levels, we continue to hold a significant proportion of the portfolio in investment grade bonds, mainly BBB-rated securities, which act as a buffer against market volatility. </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">In the energy sector, we acquired a holding in a new issue of medium-dated senior secured first lien bonds from Odfjell to refinance existing debt. The company focuses on drilling services in the oil and gas industry. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5240A46D" w14:textId="1273ECEA" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="324CFA4F" w14:textId="620AD9AD" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-        <w:t xml:space="preserve">During October, we took profits on our holding in investment grade bonds issued by Spanish banking group Santander. </w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">We added a holding in packaging group Ardagh, following a recent restructuring, with the issue priced on an attractive credit spread. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0087CB1D" w14:textId="12981F86" w:rsidR="006D56BD" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="74A66C09" w14:textId="7C804C6A" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="0087222D">
-        <w:t>Relative to the reference benchmark, the Fund has an overweight allocation to the real estate, energy and financial services sectors. Significant underweight allocations are in autos, telecoms and basic industries.</w:t>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">With credit spreads in the high yield market now at substantially tighter levels, we continue to hold a significant proportion of the portfolio in investment grade bonds, mainly BBB-rated securities, which act as a buffer against market volatility. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_Hlk205985340"/>
-      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:p w14:paraId="05848CD8" w14:textId="5B2E9B3C" w:rsidR="00147E3A" w:rsidRDefault="00147E3A" w:rsidP="0087222D">
+    <w:p w14:paraId="2F8B9AA5" w14:textId="77777777" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+      <w:pPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:t xml:space="preserve">Relative to the reference benchmark, the Fund has an overweight allocation to the real estate, energy and financial services sectors. Significant underweight allocations are in autos, telecoms and basic industries.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05848CD8" w14:textId="19B86BB5" w:rsidR="00147E3A" w:rsidRDefault="00147E3A" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
+        <w:ind w:left="270"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="5760D462" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="004A5669" w:rsidRDefault="00DC5370" w:rsidP="009C2990">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="90"/>
       </w:pPr>
       <w:r w:rsidRPr="006A6D82">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00AE2132" w:rsidRPr="006A6D82">
         <w:t>utlook/Positioning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5242DC" w14:textId="3350CBDE" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="44DD5667" w14:textId="15A9CCE9" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Hlk153186481"/>
-[...8 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk153186481"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk158284516"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk194960662"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk194960582"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk145020359"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk89696232"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk76540173"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk84431178"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk68710450"/>
+      <w:r w:rsidRPr="00D25C7B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">We remain moderately positive on the economic outlook for the eurozone. Manufacturing growth is improving from low </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> however we do not see a broad recovery yet and the order to inventory ratio in many sectors is still negative. However, the labour market remains resilient. In contrast to the rise in unemployment in the US, eurozone unemployment has equalled all-time lows in recent months, while inflation measures suggest an underlying trend that is hovering around or slightly above its 2% target.</w:t>
+        <w:t>We remain moderately positive on the economic outlook for the eurozone. The services sector is rebounding strongly, while the labour market remains resilient. In contrast to the rise in unemployment in the US, eurozone unemployment has equalled all-time lows in recent months. However, we have yet to see any broad recovery in the manufacturing sector and the order to inventory ratio in many sectors is still negative. Inflation measures continue to suggest an underlying trend that is hovering slightly above its 2% target.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D88FEE3" w14:textId="64490DAB" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="250480B9" w14:textId="393AB0D6" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D25C7B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t>We remain positive on the economic outlook for the eurozone, as manufacturing growth is improving from low levels and the labour market remains strong. In contrast to the rise in unemployment in the US, eurozone unemployment has equalled all-time lows in recent months, while inflation measures suggest an underlying trend that is hovering around or slightly above its 2% target.</w:t>
+        <w:t xml:space="preserve">Notwithstanding geopolitical developments, we also expect corporate fundamentals in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>eurozone to remain stable and the default rate to stay relatively low in comparison with the US.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50CB0190" w14:textId="3833B1DE" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="51302B63" w14:textId="336B9866" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D25C7B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Notwithstanding geopolitical developments, we also expect corporate fundamentals in the </w:t>
+        <w:t>H</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t>eurozone to remain stable and the default rate to stay relatively low in comparison with the US.</w:t>
+        <w:t>ow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D25C7B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ever, we are mindful that credit spreads in euro high yield, at index level measured over government bonds, are expensive relative to historic levels. Accordingly, we continue to place a greater emphasis on higher quality credit, with an element of exposure to cash and sovereign debt awaiting investment opportunities in the euro credit markets. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12641849" w14:textId="0F8F1A78" w:rsidR="0087222D" w:rsidRPr="0087222D" w:rsidRDefault="0087222D" w:rsidP="0087222D">
+    <w:p w14:paraId="75C26E1E" w14:textId="48A310F0" w:rsidR="00A35C44" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D25C7B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t>However, we are mindful that credit spreads in euro high yield, at index level measured over government bonds, are expensive relative to historic levels. Accordingly, we continue to place a greater emphasis on higher quality credit, with an element of exposure to cash and sovereign debt awaiting investment opportunities in the euro credit markets.</w:t>
+        <w:t xml:space="preserve">We also remain focused on identifying idiosyncratic opportunities that can provide strong total returns in a variety of market environments, particularly among BB and B-rated issues which could prove to be a fertile hunting ground for active investors over the coming months. </w:t>
       </w:r>
-    </w:p>
-[...27 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="76F82B57" w14:textId="2C9D1E49" w:rsidR="005464AA" w:rsidRDefault="005464AA" w:rsidP="00561F4C">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="270" w:right="-41"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1298C4AE" w14:textId="7FED049F" w:rsidR="008A1A4E" w:rsidRPr="00234FBC" w:rsidRDefault="00D75AB4" w:rsidP="002C2D68">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="-13" w:right="-41"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00234FBC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Past performance does not predict future returns. The value of investments and the income from them may go down as well as up and investors may not get back the amount originally invested.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E5053F" w14:textId="77777777" w:rsidR="003D5FBD" w:rsidRPr="004A5669" w:rsidRDefault="003D5FBD" w:rsidP="00F20FA6">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="425"/>
       </w:pPr>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkEnd w:id="15"/>
     <w:p w14:paraId="21072133" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="004A5669" w:rsidRDefault="00AE2132" w:rsidP="0055783F">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="004A5669">
         <w:t>Calendar year performance (%)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5148" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="74" w:type="dxa"/>
           <w:right w:w="74" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -1879,69 +1812,51 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DB28FB" w:rsidRPr="00C95113">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Target :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C95113">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C95113">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">ICE </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Euro </w:t>
+        <w:t xml:space="preserve">ICE BofA Euro </w:t>
       </w:r>
       <w:r w:rsidR="009918DD" w:rsidRPr="00C95113">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">High Yield </w:t>
       </w:r>
       <w:r w:rsidR="00712356" w:rsidRPr="00C95113">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Constrained Index. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="726FAAC5" w14:textId="77777777" w:rsidR="00AB4F9A" w:rsidRDefault="00AB4F9A" w:rsidP="00AB7371">
       <w:pPr>
         <w:pStyle w:val="B17BodyText"/>
         <w:sectPr w:rsidR="00AB4F9A" w:rsidSect="007759D1">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="624" w:right="992" w:bottom="851" w:left="992" w:header="709" w:footer="576" w:gutter="0"/>
@@ -1994,124 +1909,130 @@
     <w:p w14:paraId="0E17A055" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRDefault="00E51E12" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00301A7C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contingent convertible bonds</w:t>
       </w:r>
       <w:r>
         <w:t>: The fund may invest in contingent convertible bonds. If the financial strength of the issuer of a contingent convertible bond falls in a prescribed way, the value of the bond may fall significantly and, in the worst case, may result in losses to the fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B6E8F3B" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRDefault="00E51E12" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00301A7C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Counterparty risk</w:t>
       </w:r>
       <w:r>
-        <w:t>: The fund may have contractual agreements with counterparties. If a counterparty is unable to fulfil their obligations, the sum that they owe to the fund may be lost in part or in whole.</w:t>
+        <w:t xml:space="preserve">: The fund may have contractual agreements with counterparties. If a counterparty </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is unable to fulfil their obligations, the sum that they owe to the fund may be lost in part or in whole.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B79A6AC" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRDefault="00E51E12" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00301A7C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Credit risk</w:t>
       </w:r>
       <w:r>
         <w:t>: A decline in the financial health of an issuer could cause the value of its bonds to fall or become worthless.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24FBDEF7" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRDefault="00E51E12" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00301A7C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Currency risk</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: The fund may lose value </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>as a result of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> movements in foreign exchange rates.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DA57255" w14:textId="77777777" w:rsidR="00473100" w:rsidRDefault="00473100" w:rsidP="00473100">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00473100">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Currency risk / hedged share</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00473100">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>class</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00473100">
-        <w:t>The hedging of the share class may not be fully effective and residual currency exposure may remain. The cost associated with hedging may impact performance and potential gains may be more limited than for unhedged share classes.</w:t>
+        <w:t xml:space="preserve">The hedging of the share class may not be fully effective and residual currency exposure may remain. The cost associated with hedging may impact performance </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473100">
+        <w:lastRenderedPageBreak/>
+        <w:t>and potential gains may be more limited than for unhedged share classes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F202774" w14:textId="77777777" w:rsidR="005845DD" w:rsidRPr="005845DD" w:rsidRDefault="00D05362" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05362">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Derivatives risk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="005845DD" w:rsidRPr="005845DD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
@@ -2324,73 +2245,73 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Marketing material for professional clients only. This document does not constitute an offer to anyone, or a solicitation by anyone, to subscribe for shares of Schroder International Selection Fund (the “Company”). Nothing in this document should be construed as advice and is therefore not a recommendation to buy or sell shares. An investment in the Company entails risks, which are fully described in the prospectus. Subscriptions for shares of the Company can only be made </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>on the basis of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> its latest Key Investor Information Document and prospectus, together with the latest audited annual report (and subsequent unaudited semi-annual report, if published), copies of which can be obtained, free of charge, from Schroder Investment Management (Europe) S.A. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="_Hlk110864325"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk110864325"/>
       <w:r w:rsidR="00605524" w:rsidRPr="00605524">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">These documents may be obtained in English, free of charge, from the following link: </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="00605524" w:rsidRPr="00605524">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.eifs.lu/schroders</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00605524" w:rsidRPr="00605524">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00643BF5" w:rsidRPr="006879FB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Information for Switzerland: Schroder Investment Management (Switzerland) AG is the Swiss representative («Swiss Representative»</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00643BF5" w:rsidRPr="006879FB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00643BF5" w:rsidRPr="006879FB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Schroder &amp; Co Bank AG is the paying agent in Switzerland of the Luxembourg domiciled Schroder International Selection Fund. The prospectus for Switzerland, the key information documents, the articles of association and the annual and semi-annual reports may be obtained free of charge from the Swiss Representative.</w:t>
       </w:r>
       <w:r w:rsidR="00643BF5">
         <w:rPr>
@@ -2425,100 +2346,106 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.schroders.co.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. Schroders may decide to cease the distribution of any fund(s) in any EEA country at any </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>time</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> but we will publish our intention to do so on our website, in line with applicable regulatory requirements. The fund has environmental and/or social characteristics within the meaning of Article 8 of Regulation (EU) 2019/2088 on Sustainability-related Disclosures in the Financial Services Sector (the “SFDR”).</w:t>
+        <w:t xml:space="preserve"> but we will publish our intention to do so on our website, in line with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00965BE5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>applicable regulatory requirements. The fund has environmental and/or social characteristics within the meaning of Article 8 of Regulation (EU) 2019/2088 on Sustainability-related Disclosures in the Financial Services Sector (the “SFDR”).</w:t>
       </w:r>
       <w:r w:rsidR="00234FBC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00234FBC" w:rsidRPr="003543F7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>For the UK only: This product is based overseas and is not subject to UK sustainable investment labelling and disclosure requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28EB2EE7" w14:textId="682893FF" w:rsidR="00965BE5" w:rsidRPr="00965BE5" w:rsidRDefault="00965BE5" w:rsidP="00965BE5">
       <w:pPr>
         <w:pStyle w:val="B17Disclaimertext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Any reference to sectors/countries/stocks/securities are for illustrative purposes only and not a recommendation to buy or sell any financial instrument/securities or adopt any investment strategy. Past Performance is not a guide to future performance and may not be repeated. The value of investments and the income from them may go down as well as up and investors may not get back the amounts originally invested. Exchange rate changes may cause the value of investments to fall as well as rise. Schroders has expressed its own views and opinions in this document and these may change. Schroders uses SustainEx™ to estimate the net impact of an investment portfolio having regard to certain sustainability measures in comparison to a product’s benchmark where relevant. It does this using third party data as well as Schroders own estimates and assumptions and the outcome may differ from other sustainability tools and measures. Third party data including MSCI data is owned or licensed by the data provider and may not be reproduced or extracted and used for any other purpose without the data </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">provider's consent. Third party data is provided without any warranties of any kind. The data provider and issuer of the document shall have no liability in connection with the third party data. The terms of the third party’s specific disclaimers, if any, are set forth in the Important Information section at </w:t>
+        <w:t xml:space="preserve">Any reference to sectors/countries/stocks/securities are for illustrative purposes only and not a recommendation to buy or sell any financial instrument/securities or adopt any investment strategy. Past Performance is not a guide to future performance and may not be repeated. The value of investments and the income from them may go down as well as up and investors may not get back the amounts originally invested. Exchange rate changes may cause the value of investments to fall as well as rise. Schroders has expressed its own views and opinions in this document and these may change. Schroders uses SustainEx™ to estimate the net impact of an investment portfolio having regard to certain sustainability measures in comparison to a product’s benchmark where relevant. It does this using third party data as well as Schroders own estimates and assumptions and the outcome may differ from other sustainability tools and measures. Third party data including MSCI data is owned or licensed by the data provider and may not be reproduced or extracted and used for any other purpose without the data provider's consent. Third party data is provided without any warranties of any kind. The data provider and issuer of the document shall have no liability in connection with the third party data. The terms of the third party’s specific disclaimers, if any, are set forth in the Important Information section at </w:t>
       </w:r>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="00965BE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.schroders.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">. Schroders will be a data controller in respect of your personal data. For information on how Schroders might process your personal data, please view our Privacy Policy available at www.schroders.com/en/privacy-policy/ or on request should you not have access to this webpage. A summary of investor rights may be obtained from </w:t>
+        <w:t xml:space="preserve">. Schroders will be a data controller in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00965BE5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">respect of your personal data. For information on how Schroders might process your personal data, please view our Privacy Policy available at www.schroders.com/en/privacy-policy/ or on request should you not have access to this webpage. A summary of investor rights may be obtained from </w:t>
       </w:r>
       <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00965BE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>https://www.schroders.com/en/lu/professional-investor/footer/complaints-handling/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>. For your security, communications may be recorded or monitored. Distributed in the UK by Schroder Investment Management Ltd, 1 London Wall Place, London EC2Y 5AU. Registration No 1893220 England. Authorised and regulated by the Financial Conduct Authority.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00965BE5" w:rsidRPr="00965BE5" w:rsidSect="007759D1">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="624" w:right="992" w:bottom="851" w:left="992" w:header="709" w:footer="576" w:gutter="0"/>
       <w:cols w:num="2" w:space="284"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
@@ -2545,78 +2472,80 @@
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0502040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Schroders Circular TT">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="020B0804020101010102"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000BF" w:usb1="5000E47B" w:usb2="00000008" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
@@ -3946,66 +3875,66 @@
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9555"/>
       <w:gridCol w:w="367"/>
     </w:tblGrid>
     <w:tr w:rsidR="00D43979" w:rsidRPr="008678CC" w14:paraId="029A2794" w14:textId="77777777" w:rsidTr="008678CC">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="624"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="10265" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="570CAC24" w14:textId="77777777" w:rsidR="00662112" w:rsidRPr="008678CC" w:rsidRDefault="009918DD" w:rsidP="008678CC">
           <w:pPr>
             <w:pStyle w:val="B17ColouredFooterRIGHT"/>
             <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="008678CC">
             <w:t>Schroder ISF* EURO High Yield</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="1C34BFDD" w14:textId="76F44DDC" w:rsidR="006E0C71" w:rsidRPr="008678CC" w:rsidRDefault="0088071E" w:rsidP="008678CC">
+        <w:p w14:paraId="1C34BFDD" w14:textId="47FF71FF" w:rsidR="006E0C71" w:rsidRPr="008678CC" w:rsidRDefault="0088071E" w:rsidP="008678CC">
           <w:pPr>
             <w:pStyle w:val="B17ColouredFooterRIGHT"/>
             <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="008678CC">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Fund Manager: Hugo Squire | Fund update: </w:t>
           </w:r>
-          <w:r w:rsidR="0087222D">
+          <w:r w:rsidR="00D25C7B">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
-            <w:t>October</w:t>
+            <w:t>November</w:t>
           </w:r>
           <w:r w:rsidR="00D43979">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve"> 202</w:t>
           </w:r>
           <w:r w:rsidR="00234FBC">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>5</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="393" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="2EB15282" w14:textId="1277EB55" w:rsidR="00662112" w:rsidRPr="008678CC" w:rsidRDefault="00B3299E" w:rsidP="008678CC">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="center"/>
             <w:rPr>
@@ -5904,51 +5833,50 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1958948569">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="704448700">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1307665715">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1524054109">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="247932267">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="456486178">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="288901296">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="613631594">
     <w:abstractNumId w:val="6"/>
-    <w:lvlOverride w:ilvl="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -7548,50 +7476,51 @@
     <w:rsid w:val="00563647"/>
     <w:rsid w:val="00564037"/>
     <w:rsid w:val="0056419F"/>
     <w:rsid w:val="00565262"/>
     <w:rsid w:val="005654FD"/>
     <w:rsid w:val="00565646"/>
     <w:rsid w:val="0056569C"/>
     <w:rsid w:val="005657F5"/>
     <w:rsid w:val="005659D8"/>
     <w:rsid w:val="00565C12"/>
     <w:rsid w:val="00565F51"/>
     <w:rsid w:val="00566F85"/>
     <w:rsid w:val="00567206"/>
     <w:rsid w:val="00570E0C"/>
     <w:rsid w:val="005712DE"/>
     <w:rsid w:val="00571E4D"/>
     <w:rsid w:val="0057289B"/>
     <w:rsid w:val="00572BB4"/>
     <w:rsid w:val="00573276"/>
     <w:rsid w:val="00573BDC"/>
     <w:rsid w:val="00574225"/>
     <w:rsid w:val="0057434B"/>
     <w:rsid w:val="0057565C"/>
     <w:rsid w:val="005759C3"/>
     <w:rsid w:val="0057674B"/>
+    <w:rsid w:val="0057761F"/>
     <w:rsid w:val="00577DE6"/>
     <w:rsid w:val="00580032"/>
     <w:rsid w:val="00580768"/>
     <w:rsid w:val="00580CE2"/>
     <w:rsid w:val="00580EA2"/>
     <w:rsid w:val="0058113D"/>
     <w:rsid w:val="00581712"/>
     <w:rsid w:val="00582539"/>
     <w:rsid w:val="00582A11"/>
     <w:rsid w:val="00582DF1"/>
     <w:rsid w:val="00582E8D"/>
     <w:rsid w:val="00583188"/>
     <w:rsid w:val="0058357E"/>
     <w:rsid w:val="00583A45"/>
     <w:rsid w:val="005840D2"/>
     <w:rsid w:val="00584239"/>
     <w:rsid w:val="005845DD"/>
     <w:rsid w:val="00584954"/>
     <w:rsid w:val="005849CC"/>
     <w:rsid w:val="0058509D"/>
     <w:rsid w:val="005867DD"/>
     <w:rsid w:val="00586A2B"/>
     <w:rsid w:val="005870AE"/>
     <w:rsid w:val="005874A8"/>
     <w:rsid w:val="005876FB"/>
@@ -9751,50 +9680,51 @@
     <w:rsid w:val="00D1325D"/>
     <w:rsid w:val="00D13D22"/>
     <w:rsid w:val="00D14059"/>
     <w:rsid w:val="00D1521F"/>
     <w:rsid w:val="00D15521"/>
     <w:rsid w:val="00D15588"/>
     <w:rsid w:val="00D15BFA"/>
     <w:rsid w:val="00D1684D"/>
     <w:rsid w:val="00D171C7"/>
     <w:rsid w:val="00D175B9"/>
     <w:rsid w:val="00D20D78"/>
     <w:rsid w:val="00D20DCE"/>
     <w:rsid w:val="00D2133E"/>
     <w:rsid w:val="00D2162A"/>
     <w:rsid w:val="00D21803"/>
     <w:rsid w:val="00D2219B"/>
     <w:rsid w:val="00D22A61"/>
     <w:rsid w:val="00D23438"/>
     <w:rsid w:val="00D23925"/>
     <w:rsid w:val="00D23BE0"/>
     <w:rsid w:val="00D24EAD"/>
     <w:rsid w:val="00D25085"/>
     <w:rsid w:val="00D25495"/>
     <w:rsid w:val="00D258DD"/>
     <w:rsid w:val="00D25BC7"/>
+    <w:rsid w:val="00D25C7B"/>
     <w:rsid w:val="00D25F72"/>
     <w:rsid w:val="00D26755"/>
     <w:rsid w:val="00D321A3"/>
     <w:rsid w:val="00D3285A"/>
     <w:rsid w:val="00D32AD1"/>
     <w:rsid w:val="00D34799"/>
     <w:rsid w:val="00D34C38"/>
     <w:rsid w:val="00D351F1"/>
     <w:rsid w:val="00D3604F"/>
     <w:rsid w:val="00D36114"/>
     <w:rsid w:val="00D365C9"/>
     <w:rsid w:val="00D36F69"/>
     <w:rsid w:val="00D36FCC"/>
     <w:rsid w:val="00D37B65"/>
     <w:rsid w:val="00D40665"/>
     <w:rsid w:val="00D4142F"/>
     <w:rsid w:val="00D41CC8"/>
     <w:rsid w:val="00D41CF0"/>
     <w:rsid w:val="00D41D4E"/>
     <w:rsid w:val="00D423A2"/>
     <w:rsid w:val="00D42B6B"/>
     <w:rsid w:val="00D42C4F"/>
     <w:rsid w:val="00D437BC"/>
     <w:rsid w:val="00D43979"/>
     <w:rsid w:val="00D43F38"/>
@@ -12761,89 +12691,84 @@
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps8.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps9.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableList UniqueId="453db809-0896-4047-977f-ebe6f0a3ae31" Name="AD_HOC" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="e2573de8-3834-4b59-8d35-1656cf5d7d40" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+<DataSourceInfo>
+  <Id>116c01e6-66f2-4b9a-a331-99503a80b869</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>Expression</DataSourceType>
+  <Name>Computed</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
 </file>
 
 <file path=customXml/item10.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item11.xml><?xml version="1.0" encoding="utf-8"?>
 <VariableList UniqueId="4ffd93bb-49e6-4948-b784-3f5901a76d33" Name="Computed" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="116c01e6-66f2-4b9a-a331-99503a80b869" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
 </file>
 
-<file path=customXml/item11.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item12.xml><?xml version="1.0" encoding="utf-8"?>
-<AllMetadata/>
+<SourceDataModel Name="AD_HOC" TargetDataSourceId="e2573de8-3834-4b59-8d35-1656cf5d7d40"/>
 </file>
 
 <file path=customXml/item13.xml><?xml version="1.0" encoding="utf-8"?>
-<DataSourceMapping>
-[...11 lines deleted...]
-</DataSourceMapping>
+<AllWordPDs>
+</AllWordPDs>
 </file>
 
 <file path=customXml/item14.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item15.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AEFF028DBF6A5A4AACCE86F7DC7A62B5" ma:contentTypeVersion="33" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="32feb9ebb17725f20c1612b1586cc654">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69ece4c0-e639-4d27-a408-778c245e4fea" xmlns:ns3="c8fafc93-787e-4f10-bd18-bb5398e89066" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a4cf37c1eab08ba47b2e216147d5e197" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69ece4c0-e639-4d27-a408-778c245e4fea"/>
     <xsd:import namespace="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
@@ -13121,477 +13046,482 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item15.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item16.xml><?xml version="1.0" encoding="utf-8"?>
-<SourceDataModel Name="System" TargetDataSourceId="5a807615-ef6c-4272-a92f-fa4780796c05"/>
+<VariableUsageMapping/>
 </file>
 
 <file path=customXml/item17.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...56 lines deleted...]
-<file path=customXml/item27.xml><?xml version="1.0" encoding="utf-8"?>
 <DataSourceInfo>
   <Id>5a807615-ef6c-4272-a92f-fa4780796c05</Id>
   <MajorVersion>0</MajorVersion>
   <MinorVersion>1</MinorVersion>
   <DataSourceType>System</DataSourceType>
   <Name>System</Name>
   <Description/>
   <Filter/>
   <DataFields/>
 </DataSourceInfo>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item18.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceMapping>
+  <Id>949ec725-7e00-4808-a126-81ac24c0053a</Id>
+  <Name>EXPRESSION_VARIABLE_MAPPING</Name>
+  <TargetDataSource>5a807615-ef6c-4272-a92f-fa4780796c05</TargetDataSource>
+  <SourceType>XML File</SourceType>
+  <IsReadOnly>false</IsReadOnly>
+  <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
+  <SalesforceOrganizationName/>
+  <SalesforceApiVersion/>
+  <Properties/>
+  <RawMappings/>
+  <DesignTimeProperties/>
+</DataSourceMapping>
+</file>
+
+<file path=customXml/item19.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceMapping>
+  <Id>eed4d6e0-6d67-4423-9bac-50410f5982e2</Id>
+  <Name>EXPRESSION_VARIABLE_MAPPING</Name>
+  <TargetDataSource>116c01e6-66f2-4b9a-a331-99503a80b869</TargetDataSource>
+  <SourceType>XML File</SourceType>
+  <IsReadOnly>false</IsReadOnly>
+  <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
+  <SalesforceOrganizationName/>
+  <SalesforceApiVersion/>
+  <Properties/>
+  <RawMappings/>
+  <DesignTimeProperties/>
+</DataSourceMapping>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="System" TargetDataSourceId="5a807615-ef6c-4272-a92f-fa4780796c05"/>
+</file>
+
+<file path=customXml/item20.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="System" displayName="System" id="64159380-ac7b-451a-b601-6bcba4960d87" isdomainofvalue="False" dataSourceId="5a807615-ef6c-4272-a92f-fa4780796c05"/>
+</file>
+
+<file path=customXml/item21.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="AD_HOC" displayName="AD_HOC" id="453db809-0896-4047-977f-ebe6f0a3ae31" isdomainofvalue="False" dataSourceId="e2573de8-3834-4b59-8d35-1656cf5d7d40"/>
+</file>
+
+<file path=customXml/item22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h5c6f3f9467c440da5d4e58f9d6915e3 xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </h5c6f3f9467c440da5d4e58f9d6915e3>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="69ece4c0-e639-4d27-a408-778c245e4fea" xsi:nil="true"/>
     <gdc95e895a66489fbddfd0aedeef4a4d xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </gdc95e895a66489fbddfd0aedeef4a4d>
     <na0ef3f2435a44f992efef542271c1ad xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </na0ef3f2435a44f992efef542271c1ad>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <eb70884a37994eea8f8610875be350fb xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </eb70884a37994eea8f8610875be350fb>
     <n36f8d5caa114d28bd6cd683d744a75d xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </n36f8d5caa114d28bd6cd683d744a75d>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <id1de02aebd34f1b9a02af7835d3332c xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </id1de02aebd34f1b9a02af7835d3332c>
     <pd7ad48bd346410abfeeb792744c4564 xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </pd7ad48bd346410abfeeb792744c4564>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-</AllWordPDs>
+<file path=customXml/item23.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="Computed" displayName="Computed" id="4ffd93bb-49e6-4948-b784-3f5901a76d33" isdomainofvalue="False" dataSourceId="116c01e6-66f2-4b9a-a331-99503a80b869"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item24.xml><?xml version="1.0" encoding="utf-8"?>
 <VariableListCustXmlRels>
   <VariableListCustXmlRel variableListName="AD_HOC">
     <VariableListDefCustXmlId>{4342C621-23AC-498F-9FEF-3EE2FF0314F8}</VariableListDefCustXmlId>
     <LibraryMetadataCustXmlId>{70089427-65FD-426E-AFED-4265B08E05D4}</LibraryMetadataCustXmlId>
     <DataSourceInfoCustXmlId>{AF12AB42-71E3-45BF-9D32-331B9B24C56B}</DataSourceInfoCustXmlId>
     <DataSourceMappingCustXmlId>{4F35965E-60B7-446B-ADAE-6D3CAA16CB5F}</DataSourceMappingCustXmlId>
     <SdmcCustXmlId>{686A1A28-26C7-40A2-86B1-96C645E7F54A}</SdmcCustXmlId>
   </VariableListCustXmlRel>
   <VariableListCustXmlRel variableListName="Computed">
     <VariableListDefCustXmlId>{415B86C8-257D-4130-8434-C031F1F8F57B}</VariableListDefCustXmlId>
     <LibraryMetadataCustXmlId>{4EF83647-AD56-4395-B462-0AE4A007F7B7}</LibraryMetadataCustXmlId>
     <DataSourceInfoCustXmlId>{CC947774-806A-4946-ADE4-95E40330020D}</DataSourceInfoCustXmlId>
     <DataSourceMappingCustXmlId>{C067435D-8E89-46F9-A1E3-76B2C0872C07}</DataSourceMappingCustXmlId>
     <SdmcCustXmlId>{216A4B2A-15DD-4AB1-A5C9-6961996B6084}</SdmcCustXmlId>
   </VariableListCustXmlRel>
   <VariableListCustXmlRel variableListName="System">
     <VariableListDefCustXmlId>{1C03B73D-2506-4B93-A9BE-03A153319EA3}</VariableListDefCustXmlId>
     <LibraryMetadataCustXmlId>{515D427E-D87C-4FB1-8BFF-086B19E0A53C}</LibraryMetadataCustXmlId>
     <DataSourceInfoCustXmlId>{8E40B83E-CEB0-49CB-9298-6F7FF01B3006}</DataSourceInfoCustXmlId>
     <DataSourceMappingCustXmlId>{19945F5D-CEEF-4FC2-8CAC-BE3B4C4839D8}</DataSourceMappingCustXmlId>
     <SdmcCustXmlId>{ED56D57B-47A9-4793-8209-5F9C49E58557}</SdmcCustXmlId>
   </VariableListCustXmlRel>
 </VariableListCustXmlRels>
 </file>
 
+<file path=customXml/item25.xml><?xml version="1.0" encoding="utf-8"?>
+<AllMetadata/>
+</file>
+
+<file path=customXml/item26.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item27.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="Computed" TargetDataSourceId="116c01e6-66f2-4b9a-a331-99503a80b869"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableList UniqueId="64159380-ac7b-451a-b601-6bcba4960d87" Name="System" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="5a807615-ef6c-4272-a92f-fa4780796c05" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableList UniqueId="453db809-0896-4047-977f-ebe6f0a3ae31" Name="AD_HOC" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="e2573de8-3834-4b59-8d35-1656cf5d7d40" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<DocPartTree/>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
+  <PublishDate>Fund Manager: Hugo Squire | Fund update: December 2022</PublishDate>
+  <Abstract/>
+  <CompanyAddress/>
+  <CompanyPhone/>
+  <CompanyFax/>
+  <CompanyEmail/>
+</CoverPageProperties>
+</file>
+
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<AllExternalAdhocVariableMappings/>
+</file>
+
 <file path=customXml/item8.xml><?xml version="1.0" encoding="utf-8"?>
 <DataSourceMapping>
-  <Id>949ec725-7e00-4808-a126-81ac24c0053a</Id>
-[...1 lines deleted...]
-  <TargetDataSource>5a807615-ef6c-4272-a92f-fa4780796c05</TargetDataSource>
+  <Id>2f796a33-5b8f-47fd-955b-a159a242a7bb</Id>
+  <Name>AD_HOC_MAPPING</Name>
+  <TargetDataSource>e2573de8-3834-4b59-8d35-1656cf5d7d40</TargetDataSource>
   <SourceType>XML File</SourceType>
   <IsReadOnly>false</IsReadOnly>
   <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
   <SalesforceOrganizationName/>
   <SalesforceApiVersion/>
-  <Properties/>
+  <Properties>
+    <Property Name="RecordSeperator" Value="SampleData/DataRecord"/>
+  </Properties>
   <RawMappings/>
   <DesignTimeProperties/>
 </DataSourceMapping>
 </file>
 
 <file path=customXml/item9.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<DataSourceInfo>
+  <Id>e2573de8-3834-4b59-8d35-1656cf5d7d40</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>Ad_Hoc</DataSourceType>
+  <Name>AD_HOC</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70089427-65FD-426E-AFED-4265B08E05D4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC947774-806A-4946-ADE4-95E40330020D}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps10.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A09E243-F8F5-456D-BEB2-C27BFBA4E9AF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps11.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EF83647-AD56-4395-B462-0AE4A007F7B7}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps11.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps12.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{256F960E-8BC5-4937-AECF-A64C9154CDD5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{686A1A28-26C7-40A2-86B1-96C645E7F54A}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps13.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C067435D-8E89-46F9-A1E3-76B2C0872C07}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB5D51C6-2BDB-4EB6-A794-4136DAE2066B}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps14.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC5CEC8E-D53A-4C8A-B685-7E3196D51393}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps15.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EE339A7-6FC2-413D-9FFF-1A993361AD8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69ece4c0-e639-4d27-a408-778c245e4fea"/>
     <ds:schemaRef ds:uri="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps15.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF12AB42-71E3-45BF-9D32-331B9B24C56B}">
+<file path=customXml/itemProps16.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB737275-B462-4000-AAA4-888B03A3B599}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps17.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E40B83E-CEB0-49CB-9298-6F7FF01B3006}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps18.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19945F5D-CEEF-4FC2-8CAC-BE3B4C4839D8}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps19.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C067435D-8E89-46F9-A1E3-76B2C0872C07}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED56D57B-47A9-4793-8209-5F9C49E58557}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps17.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/itemProps18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps20.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C03B73D-2506-4B93-A9BE-03A153319EA3}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps19.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=customXml/itemProps21.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{415B86C8-257D-4130-8434-C031F1F8F57B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4342C621-23AC-498F-9FEF-3EE2FF0314F8}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps22.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB737275-B462-4000-AAA4-888B03A3B599}">
-[...36 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A05DA333-F073-4C14-8FBD-5660BC887F23}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="69ece4c0-e639-4d27-a408-778c245e4fea"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps23.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{415B86C8-257D-4130-8434-C031F1F8F57B}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps24.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A23A597-4E14-4713-B669-7AFDF7841F40}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps25.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{256F960E-8BC5-4937-AECF-A64C9154CDD5}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps26.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A9B72C3-241B-4015-A6A1-59B06B1BAF8C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps27.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{216A4B2A-15DD-4AB1-A5C9-6961996B6084}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{515D427E-D87C-4FB1-8BFF-086B19E0A53C}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB5D51C6-2BDB-4EB6-A794-4136DAE2066B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70089427-65FD-426E-AFED-4265B08E05D4}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A4F4454-37D1-4724-83B9-CF03EBBB09E7}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39017414-D705-4C62-8724-5CF116288393}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04B1A757-28C1-4B87-9413-CC32AFBFD3F8}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F35965E-60B7-446B-ADAE-6D3CAA16CB5F}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A4F4454-37D1-4724-83B9-CF03EBBB09E7}">
+<file path=customXml/itemProps9.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF12AB42-71E3-45BF-9D32-331B9B24C56B}">
   <ds:schemaRefs/>
-</ds:datastoreItem>
-[...18 lines deleted...]
-  </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1d3680c3-127e-4a30-867f-435e340a45e3}" enabled="0" method="" siteId="{1d3680c3-127e-4a30-867f-435e340a45e3}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2344</Words>
-  <Characters>12729</Characters>
+  <Words>2309</Words>
+  <Characters>12590</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>385</Lines>
-  <Paragraphs>122</Paragraphs>
+  <Lines>381</Lines>
+  <Paragraphs>117</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Schroders Investment Management</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14951</CharactersWithSpaces>
+  <CharactersWithSpaces>14782</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>1835024</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.schroders.com/en/lu/professional-investor/footer/complaints-handling/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4653078</vt:i4>
       </vt:variant>
       <vt:variant>