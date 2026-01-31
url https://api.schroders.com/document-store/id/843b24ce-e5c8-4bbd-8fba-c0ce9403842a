--- v1 (2026-01-11)
+++ v2 (2026-01-31)
@@ -96,59 +96,59 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F4372" w:rsidRPr="008678CC" w14:paraId="359AB02F" w14:textId="77777777" w:rsidTr="008678CC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10441" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22CCEC93" w14:textId="77777777" w:rsidR="009F59AF" w:rsidRPr="008678CC" w:rsidRDefault="00277D91" w:rsidP="00BD4EC8">
             <w:pPr>
               <w:pStyle w:val="B17MastheadTitle"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc474410756"/>
             <w:r w:rsidRPr="008678CC">
               <w:t>Schroder ISF* EURO High Yield</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A9C88F0" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="008678CC" w:rsidRDefault="00AE2132" w:rsidP="00AE2132">
             <w:pPr>
               <w:pStyle w:val="B17MastheadSmallSubtitle"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="523E283E" w14:textId="46C55DC1" w:rsidR="00E7759E" w:rsidRPr="008678CC" w:rsidRDefault="00277D91" w:rsidP="000A132E">
+          <w:p w14:paraId="523E283E" w14:textId="527973F5" w:rsidR="00E7759E" w:rsidRPr="008678CC" w:rsidRDefault="00277D91" w:rsidP="000A132E">
             <w:pPr>
               <w:pStyle w:val="B17MastheadSmallSubtitle"/>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:t xml:space="preserve">Fund Manager: Hugo Squire | Fund update: </w:t>
             </w:r>
-            <w:r w:rsidR="00D25C7B">
-              <w:t>November</w:t>
+            <w:r w:rsidR="00AE2C72">
+              <w:t>December</w:t>
             </w:r>
             <w:r w:rsidR="00A85FC3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B40AB7">
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="007B01A2">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A65D6DD" w14:textId="77777777" w:rsidR="00F83AFE" w:rsidRPr="00B76737" w:rsidRDefault="00F83AFE" w:rsidP="00B831A3">
       <w:pPr>
         <w:pStyle w:val="B17BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FF0A350" w14:textId="77777777" w:rsidR="00B831A3" w:rsidRDefault="00B831A3" w:rsidP="001C7C75">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:sectPr w:rsidR="00B831A3" w:rsidSect="007759D1">
           <w:footerReference w:type="even" r:id="rId34"/>
           <w:footerReference w:type="default" r:id="rId35"/>
@@ -164,503 +164,509 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DB63BC2" w14:textId="77777777" w:rsidR="00942BD1" w:rsidRPr="00942BD1" w:rsidRDefault="00942BD1" w:rsidP="00942BD1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="631F5984" w14:textId="1830D57B" w:rsidR="003C4151" w:rsidRDefault="00B80E5E" w:rsidP="0055783F">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="-284"/>
       </w:pPr>
       <w:r>
         <w:t>Mark</w:t>
       </w:r>
       <w:r w:rsidR="00E93193">
         <w:t>et</w:t>
       </w:r>
       <w:r w:rsidR="00AE2132" w:rsidRPr="00674E09">
         <w:t xml:space="preserve"> overview</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F6CB8B" w14:textId="5A2E91F7" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="37AEE58E" w14:textId="54F50943" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk128747504"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Events in the US were the main influence on credit markets during November. Initially markets weakened as the Federal Reserve (Fed) adopted a more hawkish tone on monetary policy, while high issuance volumes from major US technology companies to fund AI-related investment also weighed on sentiment. </w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">Corporate bonds outperformed government bonds during December, with yields across government bond markets generally increasing while credit spreads contracted. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F960113" w14:textId="2A2580E4" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="3B589F6C" w14:textId="5FA87701" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
-        <w:t xml:space="preserve">Subsequently, weaker US economic indicators combined with a more dovish tone from the Fed paved the way for additional interest rate cuts and triggered a rally over the second half of the month. </w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">Within investment grade credit, US dollar and euro denominated total returns were negative, but excess returns over government bonds were positive. In European credit markets, the primary market was </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t>quiet</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve"> and liquidity dried up ahead of the year-end, traditionally a time when trading volumes are low. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79661BE6" w14:textId="09B968A3" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="6BDB3BB5" w14:textId="03257AA8" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
-        <w:t>In high yield markets, US dollar denominated credit outperformed euro-denominated issues over the month.  In Europe, there was significant weakness in the insurance, basic industries and technology sectors, while spreads tightened in the real estate, financial services and autos sectors</w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">Improved risk sentiment drove strong performance across high yield markets, which outperformed both investment grade credit and government bonds. In Europe, autos, healthcare and services were among the best performing sectors, while telecoms and energy underperformed the broader market. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDB6113" w14:textId="6A95A821" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+      <w:pPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">The European Central Bank (ECB) kept interest rates on hold as expected, while upgrading their forecasts for growth and core inflation. The bond markets anticipated the next move by the ECB to be a rate hike following hawkish comments by board member Isabel Schnabel. German bund yields were driven higher by the announcement that issuance levels in 2026 are set to be substantially above forecast, €500bn as against consensus estimates for €300bn. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F7D34A0" w14:textId="2EF3FE9C" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+      <w:pPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t>The Fl</w:t>
       </w:r>
       <w:r>
-        <w:t>.</w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">sh Composite Purchasing Managers Index (PMI) for December highlighted that although the eurozone economy lost some momentum as the year </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t>ended,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve"> activity in the services sector remained robust. However, there were signs of a renewed downturn in the manufacturing sector with a decline in new orders for the second consecutive month. Nevertheless, the PMI signalled an expansion in activity overall and in Q4 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t>as a whole the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve"> eurozone’s best performance since the second quarter of 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D3548C7" w14:textId="704068F1" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="6158C347" w14:textId="77777777" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
-        <w:t xml:space="preserve">In European investment grade markets, spreads widened over the month as investors digested record new issuance volumes for November.  BBB-rated and higher yielding securities lost ground, as did corporate hybrids. </w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t>The preliminary estimate for December indicated that consumer price inflation returned to its 2% target, reflecting a modest easing of pricing pressures in the services sector – which had been the principal driver of headline inflation - and reinforcing expectations that interest rates are likely to remain on hold over the coming months.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="109E59E9" w14:textId="47712BB5" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
-[...15 lines deleted...]
-    <w:p w14:paraId="61C98F5B" w14:textId="4F7D7CE2" w:rsidR="000674F2" w:rsidRPr="005B7E90" w:rsidRDefault="000674F2" w:rsidP="0087222D">
+    <w:p w14:paraId="4737BF73" w14:textId="774A110C" w:rsidR="0088071E" w:rsidRPr="0074279F" w:rsidRDefault="0088071E" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="270"/>
+        <w:ind w:left="-155"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40B873E6" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="000E1E84" w:rsidRDefault="00AE2132" w:rsidP="003546D7">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r w:rsidRPr="000E1E84">
         <w:t>Drivers of fund performance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F6D72C8" w14:textId="5BF5AC1E" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="6ABBB80D" w14:textId="1090A253" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="283"/>
+        <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
-        <w:t>The Fund posted a positive total return, outperforming the reference benchmark during November.</w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t>The Fund posted a positive total return, outperforming the reference benchmark during De</w:t>
+      </w:r>
+      <w:r>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t>ember.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF27A4D" w14:textId="0900B51F" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="52728707" w14:textId="2D6F5987" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="283"/>
+        <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
-        <w:t>Security selection within the financial services sector made a positive contribution to returns. The holding in UK debt collector Lowell rebounded, after the company announced that it had secured additional asset-backed financing.</w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">Security-specific developments were the key driver of returns over the month. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BE38421" w14:textId="1A41FC61" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="05B4624E" w14:textId="7A3E7BC7" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="283"/>
+        <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
-        <w:t xml:space="preserve">Our holding in payments processor Worldline also rebounded, following a positive capital markets day, as a programme of asset disposals and equity funding have improved sentiment on the company’s credit outlook. </w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">Our new holding in European steel producer Celsa was a leading contributor. Sentiment has improved following a recent restructuring, to reduce the company’s debts, while the sector should benefit from EU trade barriers to protect against cheap imports due to global overcapacity. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BC57D40" w14:textId="4B2871DF" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="59610774" w14:textId="511EF626" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="283"/>
+        <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
-        <w:t xml:space="preserve">In the real estate sector, the holding in commercial developer Emeria – which operates under the </w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t>In the media sector, our holding in a US broadcaster rebounded following a debt extension.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB640EB" w14:textId="78E32F7E" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+      <w:pPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">In the UK, the holding in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D25C7B">
-        <w:t>Foncia</w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t>Mobido</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D25C7B">
-        <w:t xml:space="preserve"> brand in France – was a key contributor on news that the company is planning an equity fund raising to deleverage its balance sheet.</w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve"> Group (formerly National Express) was additive as investors reacted favourably to the appointment of a new auditor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="686072FA" w14:textId="6A6D0B44" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="5AF2A21D" w14:textId="5C196F4C" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="283"/>
+        <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> made a positive contribution as investors reacted positively to an injection of liquidity prior to a potential restructuring.</w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">The position in French telecom group Altice detracted after the company announced plans to shift assets out of creditors reach, ahead of any restructuring agreement. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5283ED60" w14:textId="179B219C" w:rsidR="00DA610C" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="29422A0C" w14:textId="77777777" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="283"/>
+        <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
-        <w:t xml:space="preserve">Exposure to the leisure sector, specifically UK gaming companies, detracted in the run up to the Autumn budget, which heralded a near-doubling of online gaming duty from April 2026. </w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">In basic materials, specialty chemical group Ineos detracted on ongoing concerns over the company’s debt burden, competition from China and the challenging regulatory environment in the UK and mainland Europe. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="014710DE" w14:textId="77777777" w:rsidR="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="270"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="703C32D4" w14:textId="77777777" w:rsidR="005105CD" w:rsidRPr="004A5669" w:rsidRDefault="005105CD" w:rsidP="00B3299E">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="90"/>
       </w:pPr>
       <w:r w:rsidRPr="008108AC">
         <w:t>Portfolio activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69560775" w14:textId="2B371FAB" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="6DB0A5A4" w14:textId="2E7055F5" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="283"/>
+        <w:ind w:left="270"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk134188625"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">During November, we focused on increasing the credit quality of the portfolio through a reduction in exposure to CCC-rated securities while adding to the proportion held in BB-rated issues. </w:t>
+      <w:bookmarkStart w:id="1" w:name="_Hlk134188625"/>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">We continue to adopt a barbell approach to portfolio construction, with a significant proportion of the Fund held in government debt and in investment grade corporate bonds, mainly BBB-rated securities, which act as a buffer against market volatility. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E1A58F1" w14:textId="6075A000" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="2D3A6007" w14:textId="1093D047" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="283"/>
+        <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
-        <w:t xml:space="preserve">We exited the holding in Swedish real estate group SBB, after the bonds had rallied following the announcement that the company had agreed the sale of its care home portfolio. </w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">As a protection against a near-term widening of credit spreads in the high yield market, we continue to hedge a proportion of the portfolio. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="509DC566" w14:textId="5AD0CB16" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="3B9408AE" w14:textId="4E058196" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="283"/>
+        <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
-        <w:t>We also sold our holding in the debt financing vehicle for UK supermarket Asda. Heavy price discounts in the highly competitive food retailing sector have diluted earnings without an accompanying increase in market share.</w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">Among high yield securities, we hold an underweight allocation to the middle of the market – notably BB-rated issues - with an emphasis on securities carrying a lower single-B credit rating. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63CF7DD6" w14:textId="7FF3F96E" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="45B1A5DB" w14:textId="60D2F762" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="270" w:hanging="283"/>
+        <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">In December, we participated in new issues from Celsa, as noted above, and UK waste management services group Biffa.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C18E9F6" w14:textId="26BC6E83" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+      <w:pPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE2C72">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">In the primary market, we participated in a new issue of senior secured BB-rated bonds from Spanish supermarket chain </w:t>
+        <w:t xml:space="preserve">In the secondary market, we added a single-B rated holding in online grocery Ocado. Although the company’s largest US customer announced the closure of several distribution centres it runs in partnership with Ocado, a compensation payment has been agreed which should strengthen Ocado’s cash flow and improve the company’s credit outlook. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46022486" w14:textId="51371371" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+      <w:pPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t>We added to the holding in packaging group Ardagh, on potential for asset sales and the early redemption of secured first and second lien bonds.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B3FFFBF" w14:textId="77777777" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+      <w:pPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve">On the disposals side, we sold holdings in Marcolin, a European eyewear manufacturer and distributor, the holding company of UK supermarket Asda, and in Spanish retailer </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D25C7B">
+      <w:r w:rsidRPr="00AE2C72">
         <w:t>Eroski</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D25C7B">
-[...36 lines deleted...]
-        <w:t xml:space="preserve">Relative to the reference benchmark, the Fund has an overweight allocation to the real estate, energy and financial services sectors. Significant underweight allocations are in autos, telecoms and basic industries.  </w:t>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:t xml:space="preserve"> following the completion of a refinancing deal. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05848CD8" w14:textId="19B86BB5" w:rsidR="00147E3A" w:rsidRDefault="00147E3A" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="270"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="5760D462" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="004A5669" w:rsidRDefault="00DC5370" w:rsidP="009C2990">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="90"/>
       </w:pPr>
       <w:r w:rsidRPr="006A6D82">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00AE2132" w:rsidRPr="006A6D82">
         <w:t>utlook/Positioning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44DD5667" w14:textId="15A9CCE9" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="3AA47879" w14:textId="74642DF8" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270" w:right="-41"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk153186481"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="_Hlk194960662"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk89696232"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk76540173"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk84431178"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk68710450"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk153186481"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk158284516"/>
       <w:bookmarkStart w:id="8" w:name="_Hlk194960582"/>
       <w:bookmarkStart w:id="9" w:name="_Hlk145020359"/>
-      <w:bookmarkStart w:id="10" w:name="_Hlk89696232"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D25C7B">
+      <w:r w:rsidRPr="00AE2C72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>We remain moderately positive on the economic outlook for the eurozone. The services sector is rebounding strongly, while the labour market remains resilient. In contrast to the rise in unemployment in the US, eurozone unemployment has equalled all-time lows in recent months. However, we have yet to see any broad recovery in the manufacturing sector and the order to inventory ratio in many sectors is still negative. Inflation measures continue to suggest an underlying trend that is hovering slightly above its 2% target.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="250480B9" w14:textId="393AB0D6" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="554664E4" w14:textId="077DE044" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270" w:right="-41"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
+      <w:r w:rsidRPr="00AE2C72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Notwithstanding geopolitical developments, we also expect corporate fundamentals in the </w:t>
+        <w:t xml:space="preserve">Notwithstanding geopolitical developments, we also expect corporate fundamentals in the eurozone to remain stable and the default rate to stay relatively low in comparison with the US. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D25C7B">
-[...4 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk194960662"/>
     </w:p>
-    <w:p w14:paraId="51302B63" w14:textId="336B9866" w:rsidR="00D25C7B" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="36EB4152" w14:textId="1216A47E" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270" w:right="-41"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
+      <w:r w:rsidRPr="00AE2C72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t>H</w:t>
+        <w:t xml:space="preserve">However, we are mindful that credit spreads in euro high yield, at index level measured over government </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AE2C72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t>ow</w:t>
+        <w:t>bonds, are expensive relative to historic levels</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D25C7B">
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00AE2C72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">ever, we are mindful that credit spreads in euro high yield, at index level measured over government bonds, are expensive relative to historic levels. Accordingly, we continue to place a greater emphasis on higher quality credit, with an element of exposure to cash and sovereign debt awaiting investment opportunities in the euro credit markets. </w:t>
+        <w:t>. Accordingly, we continue to place a greater emphasis on higher quality credit, with an element of exposure to cash and sovereign debt awaiting investment opportunities in the euro credit markets.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C26E1E" w14:textId="48A310F0" w:rsidR="00A35C44" w:rsidRPr="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="76F82B57" w14:textId="56A59B23" w:rsidR="005464AA" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270" w:right="-41"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D25C7B">
+      <w:r w:rsidRPr="00AE2C72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">We also remain focused on identifying idiosyncratic opportunities that can provide strong total returns in a variety of market environments, particularly among BB and B-rated issues which could prove to be a fertile hunting ground for active investors over the coming months. </w:t>
+        <w:t>We also remain focused on identifying idiosyncratic opportunities that can provide strong total returns in a variety of market environments, particularly among B-rated issues which could prove to be a fertile hunting ground for active investors over the coming months</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00AE2C72">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1298C4AE" w14:textId="7FED049F" w:rsidR="008A1A4E" w:rsidRPr="00234FBC" w:rsidRDefault="00D75AB4" w:rsidP="002C2D68">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="-13" w:right="-41"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00234FBC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Past performance does not predict future returns. The value of investments and the income from them may go down as well as up and investors may not get back the amount originally invested.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E5053F" w14:textId="77777777" w:rsidR="003D5FBD" w:rsidRPr="004A5669" w:rsidRDefault="003D5FBD" w:rsidP="00F20FA6">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="425"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="21072133" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="004A5669" w:rsidRDefault="00AE2132" w:rsidP="0055783F">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="004A5669">
         <w:t>Calendar year performance (%)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5148" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="74" w:type="dxa"/>
           <w:right w:w="74" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="867"/>
+        <w:gridCol w:w="869"/>
         <w:gridCol w:w="1528"/>
         <w:gridCol w:w="1292"/>
-        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="1273"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D43979" w:rsidRPr="008678CC" w14:paraId="60E24C5E" w14:textId="77777777" w:rsidTr="00BB019E">
+      <w:tr w:rsidR="00D43979" w:rsidRPr="008678CC" w14:paraId="60E24C5E" w14:textId="77777777" w:rsidTr="00AE2C72">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="pct"/>
+            <w:tcW w:w="875" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002A5E"/>
           </w:tcPr>
           <w:p w14:paraId="299156CE" w14:textId="77777777" w:rsidR="00B22A24" w:rsidRPr="008678CC" w:rsidRDefault="00B22A24" w:rsidP="008678CC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002A5E"/>
           </w:tcPr>
@@ -696,86 +702,188 @@
           </w:tcPr>
           <w:p w14:paraId="0C0AF50A" w14:textId="77777777" w:rsidR="00B22A24" w:rsidRPr="008678CC" w:rsidRDefault="00B22A24" w:rsidP="008678CC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>I Acc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="pct"/>
+            <w:tcW w:w="1284" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002A5E"/>
           </w:tcPr>
           <w:p w14:paraId="1B67317D" w14:textId="77777777" w:rsidR="00B22A24" w:rsidRPr="008678CC" w:rsidRDefault="00DB28FB" w:rsidP="008678CC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Target</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43979" w:rsidRPr="008678CC" w14:paraId="41F39993" w14:textId="77777777" w:rsidTr="00BB019E">
+      <w:tr w:rsidR="00AE2C72" w:rsidRPr="008678CC" w14:paraId="6B54BE80" w14:textId="77777777" w:rsidTr="00AE2C72">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="pct"/>
+            <w:tcW w:w="875" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF68421" w14:textId="19AFC9BA" w:rsidR="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="008678CC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E37CD04" w14:textId="4C6045BA" w:rsidR="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="008678CC">
+            <w:pPr>
+              <w:pStyle w:val="B17TableText"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>4.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1302" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC0E2EC" w14:textId="4214212B" w:rsidR="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="008678CC">
+            <w:pPr>
+              <w:pStyle w:val="B17TableText"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>6.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1284" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BCE7B15" w14:textId="2AED90B2" w:rsidR="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="008678CC">
+            <w:pPr>
+              <w:pStyle w:val="B17TableText"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>5.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D43979" w:rsidRPr="008678CC" w14:paraId="41F39993" w14:textId="77777777" w:rsidTr="00AE2C72">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="875" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6498A8AF" w14:textId="30512561" w:rsidR="0088071E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="008678CC">
             <w:pPr>
               <w:spacing w:before="60" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F8C290D" w14:textId="6D04BBE3" w:rsidR="0088071E" w:rsidRPr="008678CC" w:rsidRDefault="00FA6AA4" w:rsidP="008678CC">
@@ -803,81 +911,81 @@
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F0FABA4" w14:textId="5E8458A2" w:rsidR="0088071E" w:rsidRPr="008678CC" w:rsidRDefault="00AA32B2" w:rsidP="008678CC">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>12.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="pct"/>
+            <w:tcW w:w="1284" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27389D34" w14:textId="16934E78" w:rsidR="0088071E" w:rsidRPr="008678CC" w:rsidRDefault="00D1296E" w:rsidP="008678CC">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>8.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="5C31B13D" w14:textId="77777777" w:rsidTr="00BB019E">
+      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="5C31B13D" w14:textId="77777777" w:rsidTr="00AE2C72">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="pct"/>
+            <w:tcW w:w="875" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39577365" w14:textId="0B813803" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AF2BF1B" w14:textId="774E8861" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
@@ -905,81 +1013,81 @@
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D9A71B4" w14:textId="1AD2E169" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>13.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="pct"/>
+            <w:tcW w:w="1284" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2909132F" w14:textId="271E297A" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>12.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="0C52F3D7" w14:textId="77777777" w:rsidTr="00BB019E">
+      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="0C52F3D7" w14:textId="77777777" w:rsidTr="00AE2C72">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="pct"/>
+            <w:tcW w:w="875" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79694FB7" w14:textId="323EAC7E" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58242886" w14:textId="296C1D17" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
@@ -1007,81 +1115,81 @@
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E337F0F" w14:textId="33A4C17D" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>-12.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="pct"/>
+            <w:tcW w:w="1284" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="189E4F3F" w14:textId="529FB2D9" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>-11.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="1236F28E" w14:textId="77777777" w:rsidTr="00BB019E">
+      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="1236F28E" w14:textId="77777777" w:rsidTr="00AE2C72">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="pct"/>
+            <w:tcW w:w="875" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65612B50" w14:textId="6F1566D3" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BC77C58" w14:textId="23169721" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
@@ -1109,81 +1217,81 @@
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EFA2579" w14:textId="34B084D0" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>5.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="pct"/>
+            <w:tcW w:w="1284" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D7C3CD8" w14:textId="72E3DF66" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="177DE530" w14:textId="77777777" w:rsidTr="00BB019E">
+      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="177DE530" w14:textId="77777777" w:rsidTr="00AE2C72">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="pct"/>
+            <w:tcW w:w="875" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6103DB05" w14:textId="290E2D22" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BF639D0" w14:textId="1FE647D2" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
@@ -1211,81 +1319,81 @@
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6014C916" w14:textId="605E0E4A" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>5.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="pct"/>
+            <w:tcW w:w="1284" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="187339D2" w14:textId="13572645" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="46BE65F0" w14:textId="77777777" w:rsidTr="00BB019E">
+      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="46BE65F0" w14:textId="77777777" w:rsidTr="00AE2C72">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="pct"/>
+            <w:tcW w:w="875" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53CE293E" w14:textId="737C690C" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27112251" w14:textId="06D6E0DB" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
@@ -1313,81 +1421,81 @@
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="575E3B64" w14:textId="7C7CEFD2" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>11.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="pct"/>
+            <w:tcW w:w="1284" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55194D7C" w14:textId="60094951" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>11.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="14D40A98" w14:textId="77777777" w:rsidTr="00BB019E">
+      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="14D40A98" w14:textId="77777777" w:rsidTr="00AE2C72">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="pct"/>
+            <w:tcW w:w="875" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11598481" w14:textId="21EB19A6" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="323CF3F3" w14:textId="5343C27B" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
@@ -1415,81 +1523,81 @@
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="676775C2" w14:textId="6988C5F8" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>-4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="pct"/>
+            <w:tcW w:w="1284" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="071D946F" w14:textId="3F1F9A67" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>-3.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="15E955C9" w14:textId="77777777" w:rsidTr="00BB019E">
+      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="15E955C9" w14:textId="77777777" w:rsidTr="00AE2C72">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="pct"/>
+            <w:tcW w:w="875" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25A71966" w14:textId="7614163A" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16863007" w14:textId="7BA59C76" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
@@ -1517,81 +1625,81 @@
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34ED4B72" w14:textId="1B706291" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>8.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="pct"/>
+            <w:tcW w:w="1284" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E741229" w14:textId="4182065A" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>6.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="031FE2C0" w14:textId="77777777" w:rsidTr="00BB019E">
+      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="031FE2C0" w14:textId="77777777" w:rsidTr="00AE2C72">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="pct"/>
+            <w:tcW w:w="875" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="338CBDE9" w14:textId="1DE65FD7" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="395E6ED5" w14:textId="29F78F7A" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
@@ -1619,210 +1727,108 @@
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76CEBD63" w14:textId="19480308" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>11.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1286" w:type="pct"/>
+            <w:tcW w:w="1284" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74448143" w14:textId="7AA8F6DC" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
             <w:pPr>
               <w:pStyle w:val="B17TableText"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>9.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="7530E85E" w14:textId="77777777" w:rsidTr="00BB019E">
-[...100 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="704F4C4A" w14:textId="3B8DC685" w:rsidR="009918DD" w:rsidRDefault="00B22A24" w:rsidP="00B22A24">
+    <w:p w14:paraId="704F4C4A" w14:textId="6B914D4B" w:rsidR="009918DD" w:rsidRDefault="00B22A24" w:rsidP="00B22A24">
       <w:pPr>
         <w:pStyle w:val="B17Sourcetext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C95113">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Source: Schroders, as at 31/12/</w:t>
       </w:r>
       <w:r w:rsidR="00A232E5" w:rsidRPr="00C95113">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00265480">
+      <w:r w:rsidR="00AE2C72">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00C95113">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. All performance net of fees (where applicable), NAV to NAV (bid to bid), EUR. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DB28FB" w:rsidRPr="00C95113">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Target :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C95113">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -1909,54 +1915,51 @@
     <w:p w14:paraId="0E17A055" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRDefault="00E51E12" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00301A7C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contingent convertible bonds</w:t>
       </w:r>
       <w:r>
         <w:t>: The fund may invest in contingent convertible bonds. If the financial strength of the issuer of a contingent convertible bond falls in a prescribed way, the value of the bond may fall significantly and, in the worst case, may result in losses to the fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B6E8F3B" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRDefault="00E51E12" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00301A7C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Counterparty risk</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">: The fund may have contractual agreements with counterparties. If a counterparty </w:t>
-[...2 lines deleted...]
-        <w:t>is unable to fulfil their obligations, the sum that they owe to the fund may be lost in part or in whole.</w:t>
+        <w:t>: The fund may have contractual agreements with counterparties. If a counterparty is unable to fulfil their obligations, the sum that they owe to the fund may be lost in part or in whole.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B79A6AC" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRDefault="00E51E12" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00301A7C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Credit risk</w:t>
       </w:r>
       <w:r>
         <w:t>: A decline in the financial health of an issuer could cause the value of its bonds to fall or become worthless.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24FBDEF7" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRDefault="00E51E12" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00301A7C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Currency risk</w:t>
@@ -1984,81 +1987,84 @@
         </w:rPr>
         <w:t>Currency risk / hedged share</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00473100">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>class</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00473100">
-        <w:t xml:space="preserve">The hedging of the share class may not be fully effective and residual currency exposure may remain. The cost associated with hedging may impact performance </w:t>
-[...3 lines deleted...]
-        <w:t>and potential gains may be more limited than for unhedged share classes.</w:t>
+        <w:t>The hedging of the share class may not be fully effective and residual currency exposure may remain. The cost associated with hedging may impact performance and potential gains may be more limited than for unhedged share classes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F202774" w14:textId="77777777" w:rsidR="005845DD" w:rsidRPr="005845DD" w:rsidRDefault="00D05362" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05362">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Derivatives risk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="005845DD" w:rsidRPr="005845DD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Derivatives may be used to manage the portfolio efficiently. A derivative may not perform as expected, may create losses greater than the cost of the derivative and may result in losses to the fund. The fund may also materially invest in derivatives including using short selling and leverage techniques with the aim of making a return. When the value of an asset changes, the value of a derivative based on that asset may change to a much greater extent. This may result in greater losses than investing in the underlying asset.</w:t>
+        <w:t xml:space="preserve">Derivatives may be used to manage the portfolio efficiently. A derivative may not perform as expected, may create losses greater than the cost of the derivative and may result in losses to the fund. The fund may also materially invest in derivatives including using short selling and leverage techniques with the aim of making a return. When the value of an asset changes, the value of a derivative based on that asset may change to a much greater extent. This may result in </w:t>
+      </w:r>
+      <w:r w:rsidR="005845DD" w:rsidRPr="005845DD">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>greater losses than investing in the underlying asset.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F9681A8" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRPr="00E66E75" w:rsidRDefault="00E51E12" w:rsidP="00E66E75">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66E75">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Event risk</w:t>
       </w:r>
       <w:r>
         <w:t>: The fund will take significant positions on companies involved in mergers, acquisitions, reorganisations and other corporate events. These may not turn out as expected and may result in losses to the fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BF8CEE5" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRDefault="00E51E12" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00301A7C">
         <w:rPr>
@@ -2245,73 +2251,73 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Marketing material for professional clients only. This document does not constitute an offer to anyone, or a solicitation by anyone, to subscribe for shares of Schroder International Selection Fund (the “Company”). Nothing in this document should be construed as advice and is therefore not a recommendation to buy or sell shares. An investment in the Company entails risks, which are fully described in the prospectus. Subscriptions for shares of the Company can only be made </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>on the basis of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> its latest Key Investor Information Document and prospectus, together with the latest audited annual report (and subsequent unaudited semi-annual report, if published), copies of which can be obtained, free of charge, from Schroder Investment Management (Europe) S.A. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="_Hlk110864325"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk110864325"/>
       <w:r w:rsidR="00605524" w:rsidRPr="00605524">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">These documents may be obtained in English, free of charge, from the following link: </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="00605524" w:rsidRPr="00605524">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.eifs.lu/schroders</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00605524" w:rsidRPr="00605524">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="00643BF5" w:rsidRPr="006879FB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Information for Switzerland: Schroder Investment Management (Switzerland) AG is the Swiss representative («Swiss Representative»</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00643BF5" w:rsidRPr="006879FB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00643BF5" w:rsidRPr="006879FB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Schroder &amp; Co Bank AG is the paying agent in Switzerland of the Luxembourg domiciled Schroder International Selection Fund. The prospectus for Switzerland, the key information documents, the articles of association and the annual and semi-annual reports may be obtained free of charge from the Swiss Representative.</w:t>
       </w:r>
       <w:r w:rsidR="00643BF5">
         <w:rPr>
@@ -2346,106 +2352,93 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.schroders.co.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. Schroders may decide to cease the distribution of any fund(s) in any EEA country at any </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>time</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> but we will publish our intention to do so on our website, in line with </w:t>
-[...5 lines deleted...]
-        <w:t>applicable regulatory requirements. The fund has environmental and/or social characteristics within the meaning of Article 8 of Regulation (EU) 2019/2088 on Sustainability-related Disclosures in the Financial Services Sector (the “SFDR”).</w:t>
+        <w:t xml:space="preserve"> but we will publish our intention to do so on our website, in line with applicable regulatory requirements. The fund has environmental and/or social characteristics within the meaning of Article 8 of Regulation (EU) 2019/2088 on Sustainability-related Disclosures in the Financial Services Sector (the “SFDR”).</w:t>
       </w:r>
       <w:r w:rsidR="00234FBC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00234FBC" w:rsidRPr="003543F7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>For the UK only: This product is based overseas and is not subject to UK sustainable investment labelling and disclosure requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28EB2EE7" w14:textId="682893FF" w:rsidR="00965BE5" w:rsidRPr="00965BE5" w:rsidRDefault="00965BE5" w:rsidP="00965BE5">
       <w:pPr>
         <w:pStyle w:val="B17Disclaimertext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Any reference to sectors/countries/stocks/securities are for illustrative purposes only and not a recommendation to buy or sell any financial instrument/securities or adopt any investment strategy. Past Performance is not a guide to future performance and may not be repeated. The value of investments and the income from them may go down as well as up and investors may not get back the amounts originally invested. Exchange rate changes may cause the value of investments to fall as well as rise. Schroders has expressed its own views and opinions in this document and these may change. Schroders uses SustainEx™ to estimate the net impact of an investment portfolio having regard to certain sustainability measures in comparison to a product’s benchmark where relevant. It does this using third party data as well as Schroders own estimates and assumptions and the outcome may differ from other sustainability tools and measures. Third party data including MSCI data is owned or licensed by the data provider and may not be reproduced or extracted and used for any other purpose without the data provider's consent. Third party data is provided without any warranties of any kind. The data provider and issuer of the document shall have no liability in connection with the third party data. The terms of the third party’s specific disclaimers, if any, are set forth in the Important Information section at </w:t>
       </w:r>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="00965BE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.schroders.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">. Schroders will be a data controller in </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">respect of your personal data. For information on how Schroders might process your personal data, please view our Privacy Policy available at www.schroders.com/en/privacy-policy/ or on request should you not have access to this webpage. A summary of investor rights may be obtained from </w:t>
+        <w:t xml:space="preserve">. Schroders will be a data controller in respect of your personal data. For information on how Schroders might process your personal data, please view our Privacy Policy available at www.schroders.com/en/privacy-policy/ or on request should you not have access to this webpage. A summary of investor rights may be obtained from </w:t>
       </w:r>
       <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00965BE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>https://www.schroders.com/en/lu/professional-investor/footer/complaints-handling/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>. For your security, communications may be recorded or monitored. Distributed in the UK by Schroder Investment Management Ltd, 1 London Wall Place, London EC2Y 5AU. Registration No 1893220 England. Authorised and regulated by the Financial Conduct Authority.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00965BE5" w:rsidRPr="00965BE5" w:rsidSect="007759D1">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="624" w:right="992" w:bottom="851" w:left="992" w:header="709" w:footer="576" w:gutter="0"/>
       <w:cols w:num="2" w:space="284"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
@@ -2472,80 +2465,78 @@
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0502040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Schroders Circular TT">
-    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="020B0804020101010102"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000BF" w:usb1="5000E47B" w:usb2="00000008" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
@@ -3875,66 +3866,66 @@
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9555"/>
       <w:gridCol w:w="367"/>
     </w:tblGrid>
     <w:tr w:rsidR="00D43979" w:rsidRPr="008678CC" w14:paraId="029A2794" w14:textId="77777777" w:rsidTr="008678CC">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="624"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="10265" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="570CAC24" w14:textId="77777777" w:rsidR="00662112" w:rsidRPr="008678CC" w:rsidRDefault="009918DD" w:rsidP="008678CC">
           <w:pPr>
             <w:pStyle w:val="B17ColouredFooterRIGHT"/>
             <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="008678CC">
             <w:t>Schroder ISF* EURO High Yield</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="1C34BFDD" w14:textId="47FF71FF" w:rsidR="006E0C71" w:rsidRPr="008678CC" w:rsidRDefault="0088071E" w:rsidP="008678CC">
+        <w:p w14:paraId="1C34BFDD" w14:textId="08C178EC" w:rsidR="006E0C71" w:rsidRPr="008678CC" w:rsidRDefault="0088071E" w:rsidP="008678CC">
           <w:pPr>
             <w:pStyle w:val="B17ColouredFooterRIGHT"/>
             <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="008678CC">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Fund Manager: Hugo Squire | Fund update: </w:t>
           </w:r>
-          <w:r w:rsidR="00D25C7B">
+          <w:r w:rsidR="00AE2C72">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
-            <w:t>November</w:t>
+            <w:t>December</w:t>
           </w:r>
           <w:r w:rsidR="00D43979">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve"> 202</w:t>
           </w:r>
           <w:r w:rsidR="00234FBC">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>5</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="393" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="2EB15282" w14:textId="1277EB55" w:rsidR="00662112" w:rsidRPr="008678CC" w:rsidRDefault="00B3299E" w:rsidP="008678CC">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="center"/>
             <w:rPr>
@@ -9001,50 +8992,51 @@
     <w:rsid w:val="00AD0228"/>
     <w:rsid w:val="00AD137C"/>
     <w:rsid w:val="00AD1734"/>
     <w:rsid w:val="00AD1AFA"/>
     <w:rsid w:val="00AD1D6A"/>
     <w:rsid w:val="00AD1FE2"/>
     <w:rsid w:val="00AD2157"/>
     <w:rsid w:val="00AD28F1"/>
     <w:rsid w:val="00AD2D7E"/>
     <w:rsid w:val="00AD3214"/>
     <w:rsid w:val="00AD3355"/>
     <w:rsid w:val="00AD3D36"/>
     <w:rsid w:val="00AD3FBE"/>
     <w:rsid w:val="00AD430E"/>
     <w:rsid w:val="00AD529D"/>
     <w:rsid w:val="00AD5522"/>
     <w:rsid w:val="00AD7425"/>
     <w:rsid w:val="00AD7E6C"/>
     <w:rsid w:val="00AE00C2"/>
     <w:rsid w:val="00AE085C"/>
     <w:rsid w:val="00AE0D65"/>
     <w:rsid w:val="00AE16E2"/>
     <w:rsid w:val="00AE1908"/>
     <w:rsid w:val="00AE1DF8"/>
     <w:rsid w:val="00AE2132"/>
+    <w:rsid w:val="00AE2C72"/>
     <w:rsid w:val="00AE2EEC"/>
     <w:rsid w:val="00AE3CFB"/>
     <w:rsid w:val="00AE3FE0"/>
     <w:rsid w:val="00AE4254"/>
     <w:rsid w:val="00AE4E58"/>
     <w:rsid w:val="00AE4F4E"/>
     <w:rsid w:val="00AE523A"/>
     <w:rsid w:val="00AE5360"/>
     <w:rsid w:val="00AE55E9"/>
     <w:rsid w:val="00AE5CDA"/>
     <w:rsid w:val="00AE61F5"/>
     <w:rsid w:val="00AE6AFA"/>
     <w:rsid w:val="00AF0CEC"/>
     <w:rsid w:val="00AF2157"/>
     <w:rsid w:val="00AF26F3"/>
     <w:rsid w:val="00AF67CD"/>
     <w:rsid w:val="00AF6AC2"/>
     <w:rsid w:val="00AF6D4A"/>
     <w:rsid w:val="00AF78BD"/>
     <w:rsid w:val="00AF7BBC"/>
     <w:rsid w:val="00B0002A"/>
     <w:rsid w:val="00B00A1F"/>
     <w:rsid w:val="00B00A28"/>
     <w:rsid w:val="00B00AD7"/>
     <w:rsid w:val="00B00F8A"/>
@@ -10095,50 +10087,51 @@
     <w:rsid w:val="00E803E7"/>
     <w:rsid w:val="00E80E2D"/>
     <w:rsid w:val="00E80FF6"/>
     <w:rsid w:val="00E81486"/>
     <w:rsid w:val="00E814EF"/>
     <w:rsid w:val="00E8181C"/>
     <w:rsid w:val="00E818ED"/>
     <w:rsid w:val="00E81B33"/>
     <w:rsid w:val="00E822E8"/>
     <w:rsid w:val="00E824FA"/>
     <w:rsid w:val="00E8357B"/>
     <w:rsid w:val="00E83CB5"/>
     <w:rsid w:val="00E84452"/>
     <w:rsid w:val="00E847A8"/>
     <w:rsid w:val="00E84A1D"/>
     <w:rsid w:val="00E85573"/>
     <w:rsid w:val="00E85CD9"/>
     <w:rsid w:val="00E86202"/>
     <w:rsid w:val="00E86432"/>
     <w:rsid w:val="00E867E9"/>
     <w:rsid w:val="00E871AA"/>
     <w:rsid w:val="00E8778A"/>
     <w:rsid w:val="00E90315"/>
     <w:rsid w:val="00E90366"/>
     <w:rsid w:val="00E9037E"/>
+    <w:rsid w:val="00E90443"/>
     <w:rsid w:val="00E90B79"/>
     <w:rsid w:val="00E91DF4"/>
     <w:rsid w:val="00E92AD7"/>
     <w:rsid w:val="00E92B9C"/>
     <w:rsid w:val="00E93193"/>
     <w:rsid w:val="00E93729"/>
     <w:rsid w:val="00E93D2E"/>
     <w:rsid w:val="00E93D70"/>
     <w:rsid w:val="00E94CDF"/>
     <w:rsid w:val="00E951A1"/>
     <w:rsid w:val="00E951ED"/>
     <w:rsid w:val="00E95327"/>
     <w:rsid w:val="00E95B2F"/>
     <w:rsid w:val="00E9607F"/>
     <w:rsid w:val="00E96159"/>
     <w:rsid w:val="00EA0184"/>
     <w:rsid w:val="00EA0E42"/>
     <w:rsid w:val="00EA15E9"/>
     <w:rsid w:val="00EA1D77"/>
     <w:rsid w:val="00EA1D82"/>
     <w:rsid w:val="00EA1DCA"/>
     <w:rsid w:val="00EA21FD"/>
     <w:rsid w:val="00EA23A0"/>
     <w:rsid w:val="00EA292B"/>
     <w:rsid w:val="00EA3C22"/>
@@ -12691,84 +12684,54 @@
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps8.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps9.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<DataSourceInfo>
-[...8 lines deleted...]
-</DataSourceInfo>
+<AllMetadata/>
 </file>
 
 <file path=customXml/item10.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...19 lines deleted...]
-<file path=customXml/item15.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AEFF028DBF6A5A4AACCE86F7DC7A62B5" ma:contentTypeVersion="33" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="32feb9ebb17725f20c1612b1586cc654">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69ece4c0-e639-4d27-a408-778c245e4fea" xmlns:ns3="c8fafc93-787e-4f10-bd18-bb5398e89066" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a4cf37c1eab08ba47b2e216147d5e197" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69ece4c0-e639-4d27-a408-778c245e4fea"/>
     <xsd:import namespace="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
@@ -13046,482 +13009,512 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item16.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableUsageMapping/>
+<file path=customXml/item11.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="Computed" displayName="Computed" id="4ffd93bb-49e6-4948-b784-3f5901a76d33" isdomainofvalue="False" dataSourceId="116c01e6-66f2-4b9a-a331-99503a80b869"/>
 </file>
 
-<file path=customXml/item17.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-</DataSourceInfo>
+<file path=customXml/item12.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item18.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-<file path=customXml/item19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item13.xml><?xml version="1.0" encoding="utf-8"?>
 <DataSourceMapping>
   <Id>eed4d6e0-6d67-4423-9bac-50410f5982e2</Id>
   <Name>EXPRESSION_VARIABLE_MAPPING</Name>
   <TargetDataSource>116c01e6-66f2-4b9a-a331-99503a80b869</TargetDataSource>
   <SourceType>XML File</SourceType>
   <IsReadOnly>false</IsReadOnly>
   <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
   <SalesforceOrganizationName/>
   <SalesforceApiVersion/>
   <Properties/>
   <RawMappings/>
   <DesignTimeProperties/>
 </DataSourceMapping>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<SourceDataModel Name="System" TargetDataSourceId="5a807615-ef6c-4272-a92f-fa4780796c05"/>
+<file path=customXml/item14.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableList UniqueId="453db809-0896-4047-977f-ebe6f0a3ae31" Name="AD_HOC" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="e2573de8-3834-4b59-8d35-1656cf5d7d40" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
 </file>
 
-<file path=customXml/item20.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableListDefinition name="System" displayName="System" id="64159380-ac7b-451a-b601-6bcba4960d87" isdomainofvalue="False" dataSourceId="5a807615-ef6c-4272-a92f-fa4780796c05"/>
+<file path=customXml/item15.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceInfo>
+  <Id>e2573de8-3834-4b59-8d35-1656cf5d7d40</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>Ad_Hoc</DataSourceType>
+  <Name>AD_HOC</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
 </file>
 
-<file path=customXml/item21.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableListDefinition name="AD_HOC" displayName="AD_HOC" id="453db809-0896-4047-977f-ebe6f0a3ae31" isdomainofvalue="False" dataSourceId="e2573de8-3834-4b59-8d35-1656cf5d7d40"/>
+<file path=customXml/item16.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h5c6f3f9467c440da5d4e58f9d6915e3 xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </h5c6f3f9467c440da5d4e58f9d6915e3>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="69ece4c0-e639-4d27-a408-778c245e4fea" xsi:nil="true"/>
     <gdc95e895a66489fbddfd0aedeef4a4d xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </gdc95e895a66489fbddfd0aedeef4a4d>
     <na0ef3f2435a44f992efef542271c1ad xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </na0ef3f2435a44f992efef542271c1ad>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <eb70884a37994eea8f8610875be350fb xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </eb70884a37994eea8f8610875be350fb>
     <n36f8d5caa114d28bd6cd683d744a75d xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </n36f8d5caa114d28bd6cd683d744a75d>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <id1de02aebd34f1b9a02af7835d3332c xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </id1de02aebd34f1b9a02af7835d3332c>
     <pd7ad48bd346410abfeeb792744c4564 xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </pd7ad48bd346410abfeeb792744c4564>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item18.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="Computed" TargetDataSourceId="116c01e6-66f2-4b9a-a331-99503a80b869"/>
+</file>
+
+<file path=customXml/item19.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceMapping>
+  <Id>2f796a33-5b8f-47fd-955b-a159a242a7bb</Id>
+  <Name>AD_HOC_MAPPING</Name>
+  <TargetDataSource>e2573de8-3834-4b59-8d35-1656cf5d7d40</TargetDataSource>
+  <SourceType>XML File</SourceType>
+  <IsReadOnly>false</IsReadOnly>
+  <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
+  <SalesforceOrganizationName/>
+  <SalesforceApiVersion/>
+  <Properties>
+    <Property Name="RecordSeperator" Value="SampleData/DataRecord"/>
+  </Properties>
+  <RawMappings/>
+  <DesignTimeProperties/>
+</DataSourceMapping>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="System" TargetDataSourceId="5a807615-ef6c-4272-a92f-fa4780796c05"/>
+</file>
+
+<file path=customXml/item20.xml><?xml version="1.0" encoding="utf-8"?>
+<AllWordPDs>
+</AllWordPDs>
+</file>
+
+<file path=customXml/item21.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceMapping>
+  <Id>949ec725-7e00-4808-a126-81ac24c0053a</Id>
+  <Name>EXPRESSION_VARIABLE_MAPPING</Name>
+  <TargetDataSource>5a807615-ef6c-4272-a92f-fa4780796c05</TargetDataSource>
+  <SourceType>XML File</SourceType>
+  <IsReadOnly>false</IsReadOnly>
+  <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
+  <SalesforceOrganizationName/>
+  <SalesforceApiVersion/>
+  <Properties/>
+  <RawMappings/>
+  <DesignTimeProperties/>
+</DataSourceMapping>
+</file>
+
+<file path=customXml/item22.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item23.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableListDefinition name="Computed" displayName="Computed" id="4ffd93bb-49e6-4948-b784-3f5901a76d33" isdomainofvalue="False" dataSourceId="116c01e6-66f2-4b9a-a331-99503a80b869"/>
+<VariableList UniqueId="64159380-ac7b-451a-b601-6bcba4960d87" Name="System" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="5a807615-ef6c-4272-a92f-fa4780796c05" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
 </file>
 
 <file path=customXml/item24.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="AD_HOC" displayName="AD_HOC" id="453db809-0896-4047-977f-ebe6f0a3ae31" isdomainofvalue="False" dataSourceId="e2573de8-3834-4b59-8d35-1656cf5d7d40"/>
+</file>
+
+<file path=customXml/item25.xml><?xml version="1.0" encoding="utf-8"?>
+<AllExternalAdhocVariableMappings/>
+</file>
+
+<file path=customXml/item26.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="AD_HOC" TargetDataSourceId="e2573de8-3834-4b59-8d35-1656cf5d7d40"/>
+</file>
+
+<file path=customXml/item27.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceInfo>
+  <Id>5a807615-ef6c-4272-a92f-fa4780796c05</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>System</DataSourceType>
+  <Name>System</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableUsageMapping/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="System" displayName="System" id="64159380-ac7b-451a-b601-6bcba4960d87" isdomainofvalue="False" dataSourceId="5a807615-ef6c-4272-a92f-fa4780796c05"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceInfo>
+  <Id>116c01e6-66f2-4b9a-a331-99503a80b869</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>Expression</DataSourceType>
+  <Name>Computed</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
+  <PublishDate>Fund Manager: Hugo Squire | Fund update: December 2022</PublishDate>
+  <Abstract/>
+  <CompanyAddress/>
+  <CompanyPhone/>
+  <CompanyFax/>
+  <CompanyEmail/>
+</CoverPageProperties>
+</file>
+
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableList UniqueId="4ffd93bb-49e6-4948-b784-3f5901a76d33" Name="Computed" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="116c01e6-66f2-4b9a-a331-99503a80b869" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+</file>
+
+<file path=customXml/item8.xml><?xml version="1.0" encoding="utf-8"?>
 <VariableListCustXmlRels>
   <VariableListCustXmlRel variableListName="AD_HOC">
     <VariableListDefCustXmlId>{4342C621-23AC-498F-9FEF-3EE2FF0314F8}</VariableListDefCustXmlId>
     <LibraryMetadataCustXmlId>{70089427-65FD-426E-AFED-4265B08E05D4}</LibraryMetadataCustXmlId>
     <DataSourceInfoCustXmlId>{AF12AB42-71E3-45BF-9D32-331B9B24C56B}</DataSourceInfoCustXmlId>
     <DataSourceMappingCustXmlId>{4F35965E-60B7-446B-ADAE-6D3CAA16CB5F}</DataSourceMappingCustXmlId>
     <SdmcCustXmlId>{686A1A28-26C7-40A2-86B1-96C645E7F54A}</SdmcCustXmlId>
   </VariableListCustXmlRel>
   <VariableListCustXmlRel variableListName="Computed">
     <VariableListDefCustXmlId>{415B86C8-257D-4130-8434-C031F1F8F57B}</VariableListDefCustXmlId>
     <LibraryMetadataCustXmlId>{4EF83647-AD56-4395-B462-0AE4A007F7B7}</LibraryMetadataCustXmlId>
     <DataSourceInfoCustXmlId>{CC947774-806A-4946-ADE4-95E40330020D}</DataSourceInfoCustXmlId>
     <DataSourceMappingCustXmlId>{C067435D-8E89-46F9-A1E3-76B2C0872C07}</DataSourceMappingCustXmlId>
     <SdmcCustXmlId>{216A4B2A-15DD-4AB1-A5C9-6961996B6084}</SdmcCustXmlId>
   </VariableListCustXmlRel>
   <VariableListCustXmlRel variableListName="System">
     <VariableListDefCustXmlId>{1C03B73D-2506-4B93-A9BE-03A153319EA3}</VariableListDefCustXmlId>
     <LibraryMetadataCustXmlId>{515D427E-D87C-4FB1-8BFF-086B19E0A53C}</LibraryMetadataCustXmlId>
     <DataSourceInfoCustXmlId>{8E40B83E-CEB0-49CB-9298-6F7FF01B3006}</DataSourceInfoCustXmlId>
     <DataSourceMappingCustXmlId>{19945F5D-CEEF-4FC2-8CAC-BE3B4C4839D8}</DataSourceMappingCustXmlId>
     <SdmcCustXmlId>{ED56D57B-47A9-4793-8209-5F9C49E58557}</SdmcCustXmlId>
   </VariableListCustXmlRel>
 </VariableListCustXmlRels>
 </file>
 
-<file path=customXml/item25.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item9.xml><?xml version="1.0" encoding="utf-8"?>
 <DocPartTree/>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-[...44 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC947774-806A-4946-ADE4-95E40330020D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{256F960E-8BC5-4937-AECF-A64C9154CDD5}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps10.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A09E243-F8F5-456D-BEB2-C27BFBA4E9AF}">
-[...32 lines deleted...]
-<file path=customXml/itemProps15.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EE339A7-6FC2-413D-9FFF-1A993361AD8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69ece4c0-e639-4d27-a408-778c245e4fea"/>
     <ds:schemaRef ds:uri="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps16.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB737275-B462-4000-AAA4-888B03A3B599}">
+<file path=customXml/itemProps11.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{415B86C8-257D-4130-8434-C031F1F8F57B}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps17.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <ds:schemaRefs/>
+<file path=customXml/itemProps12.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A09E243-F8F5-456D-BEB2-C27BFBA4E9AF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps18.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-<file path=customXml/itemProps19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps13.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C067435D-8E89-46F9-A1E3-76B2C0872C07}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED56D57B-47A9-4793-8209-5F9C49E58557}">
+<file path=customXml/itemProps14.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70089427-65FD-426E-AFED-4265B08E05D4}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps20.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C03B73D-2506-4B93-A9BE-03A153319EA3}">
+<file path=customXml/itemProps15.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF12AB42-71E3-45BF-9D32-331B9B24C56B}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps21.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <ds:schemaRefs/>
+<file path=customXml/itemProps16.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC5CEC8E-D53A-4C8A-B685-7E3196D51393}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps17.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A05DA333-F073-4C14-8FBD-5660BC887F23}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="69ece4c0-e639-4d27-a408-778c245e4fea"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps23.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{415B86C8-257D-4130-8434-C031F1F8F57B}">
+<file path=customXml/itemProps18.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{216A4B2A-15DD-4AB1-A5C9-6961996B6084}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps24.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A23A597-4E14-4713-B669-7AFDF7841F40}">
+<file path=customXml/itemProps19.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F35965E-60B7-446B-ADAE-6D3CAA16CB5F}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps25.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{256F960E-8BC5-4937-AECF-A64C9154CDD5}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED56D57B-47A9-4793-8209-5F9C49E58557}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps20.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB5D51C6-2BDB-4EB6-A794-4136DAE2066B}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps21.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19945F5D-CEEF-4FC2-8CAC-BE3B4C4839D8}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps22.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A9B72C3-241B-4015-A6A1-59B06B1BAF8C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps23.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{515D427E-D87C-4FB1-8BFF-086B19E0A53C}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps24.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4342C621-23AC-498F-9FEF-3EE2FF0314F8}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps25.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04B1A757-28C1-4B87-9413-CC32AFBFD3F8}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps26.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{686A1A28-26C7-40A2-86B1-96C645E7F54A}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps27.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{216A4B2A-15DD-4AB1-A5C9-6961996B6084}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E40B83E-CEB0-49CB-9298-6F7FF01B3006}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{515D427E-D87C-4FB1-8BFF-086B19E0A53C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB737275-B462-4000-AAA4-888B03A3B599}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70089427-65FD-426E-AFED-4265B08E05D4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C03B73D-2506-4B93-A9BE-03A153319EA3}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A4F4454-37D1-4724-83B9-CF03EBBB09E7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC947774-806A-4946-ADE4-95E40330020D}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39017414-D705-4C62-8724-5CF116288393}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04B1A757-28C1-4B87-9413-CC32AFBFD3F8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EF83647-AD56-4395-B462-0AE4A007F7B7}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F35965E-60B7-446B-ADAE-6D3CAA16CB5F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A23A597-4E14-4713-B669-7AFDF7841F40}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps9.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF12AB42-71E3-45BF-9D32-331B9B24C56B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A4F4454-37D1-4724-83B9-CF03EBBB09E7}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1d3680c3-127e-4a30-867f-435e340a45e3}" enabled="0" method="" siteId="{1d3680c3-127e-4a30-867f-435e340a45e3}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>12590</Characters>
+  <Pages>3</Pages>
+  <Words>2298</Words>
+  <Characters>12525</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>381</Lines>
-  <Paragraphs>117</Paragraphs>
+  <Lines>379</Lines>
+  <Paragraphs>113</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Schroders Investment Management</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14782</CharactersWithSpaces>
+  <CharactersWithSpaces>14710</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>1835024</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.schroders.com/en/lu/professional-investor/footer/complaints-handling/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4653078</vt:i4>
       </vt:variant>
       <vt:variant>