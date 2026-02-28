--- v2 (2026-01-31)
+++ v3 (2026-02-28)
@@ -96,503 +96,483 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F4372" w:rsidRPr="008678CC" w14:paraId="359AB02F" w14:textId="77777777" w:rsidTr="008678CC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10441" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22CCEC93" w14:textId="77777777" w:rsidR="009F59AF" w:rsidRPr="008678CC" w:rsidRDefault="00277D91" w:rsidP="00BD4EC8">
             <w:pPr>
               <w:pStyle w:val="B17MastheadTitle"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc474410756"/>
             <w:r w:rsidRPr="008678CC">
               <w:t>Schroder ISF* EURO High Yield</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A9C88F0" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="008678CC" w:rsidRDefault="00AE2132" w:rsidP="00AE2132">
             <w:pPr>
               <w:pStyle w:val="B17MastheadSmallSubtitle"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="523E283E" w14:textId="527973F5" w:rsidR="00E7759E" w:rsidRPr="008678CC" w:rsidRDefault="00277D91" w:rsidP="000A132E">
+          <w:p w14:paraId="523E283E" w14:textId="0E86B5D2" w:rsidR="00E7759E" w:rsidRPr="008678CC" w:rsidRDefault="00277D91" w:rsidP="000A132E">
             <w:pPr>
               <w:pStyle w:val="B17MastheadSmallSubtitle"/>
             </w:pPr>
             <w:r w:rsidRPr="008678CC">
               <w:t xml:space="preserve">Fund Manager: Hugo Squire | Fund update: </w:t>
             </w:r>
-            <w:r w:rsidR="00AE2C72">
-              <w:t>December</w:t>
+            <w:r w:rsidR="00522AA3">
+              <w:t>January</w:t>
             </w:r>
             <w:r w:rsidR="00A85FC3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B40AB7">
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="007B01A2">
-              <w:t>5</w:t>
+            <w:r w:rsidR="00522AA3">
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A65D6DD" w14:textId="77777777" w:rsidR="00F83AFE" w:rsidRPr="00B76737" w:rsidRDefault="00F83AFE" w:rsidP="00B831A3">
       <w:pPr>
         <w:pStyle w:val="B17BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FF0A350" w14:textId="77777777" w:rsidR="00B831A3" w:rsidRDefault="00B831A3" w:rsidP="001C7C75">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:sectPr w:rsidR="00B831A3" w:rsidSect="007759D1">
           <w:footerReference w:type="even" r:id="rId34"/>
           <w:footerReference w:type="default" r:id="rId35"/>
           <w:headerReference w:type="first" r:id="rId36"/>
           <w:footerReference w:type="first" r:id="rId37"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="624" w:right="992" w:bottom="851" w:left="992" w:header="709" w:footer="284" w:gutter="0"/>
           <w:cols w:space="284"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DB63BC2" w14:textId="77777777" w:rsidR="00942BD1" w:rsidRPr="00942BD1" w:rsidRDefault="00942BD1" w:rsidP="00942BD1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="631F5984" w14:textId="1830D57B" w:rsidR="003C4151" w:rsidRDefault="00B80E5E" w:rsidP="0055783F">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="-284"/>
       </w:pPr>
       <w:r>
         <w:t>Mark</w:t>
       </w:r>
       <w:r w:rsidR="00E93193">
         <w:t>et</w:t>
       </w:r>
       <w:r w:rsidR="00AE2132" w:rsidRPr="00674E09">
         <w:t xml:space="preserve"> overview</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37AEE58E" w14:textId="54F50943" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="0CBDF886" w14:textId="66A2CE4A" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00AE2C72" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
       <w:r w:rsidRPr="00AE2C72">
-        <w:t xml:space="preserve">Corporate bonds outperformed government bonds during December, with yields across government bond markets generally increasing while credit spreads contracted. </w:t>
+        <w:t xml:space="preserve">Corporate </w:t>
+      </w:r>
+      <w:r w:rsidR="00522AA3" w:rsidRPr="00522AA3">
+        <w:t>Despite heightened geopolitical tensions during January, credit markets were resilient as global economic data generally remained positive.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B589F6C" w14:textId="5FA87701" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="1D4CEBCF" w14:textId="147A047B" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> and liquidity dried up ahead of the year-end, traditionally a time when trading volumes are low. </w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t>In European credit, spreads tightened further as a strong technical backdrop continued to underpin the investment grade and high yield markets. It was a record start to the year for new issuance, with multiple times book coverage in the primary market indicative of the currently insatiable appetite for European credit despite spreads close to historical lows. In high yield, the best performing sectors over the month were telecoms, autos, real estate and healthcare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BDB3BB5" w14:textId="03257AA8" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="192A8347" w14:textId="2FBA6068" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
-        <w:t xml:space="preserve">Improved risk sentiment drove strong performance across high yield markets, which outperformed both investment grade credit and government bonds. In Europe, autos, healthcare and services were among the best performing sectors, while telecoms and energy underperformed the broader market. </w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t>President Trump’s threat of 25% tariffs on European allies in the pursuit of Greenland was later rescinded but nevertheless injected a degree of uncertainty into the region’s outlook. Nevertheless, economic indicators released during the month were supportive, with the Flash Composite Purchasing Managers Index (PMI) for January highlighting 13 consecutive months of growth in private sector activity underpinned by the continuing strength of the services sector and a rebound in manufacturing. The GDP (gross domestic product) figures for the fourth quarter indicated the eurozone economy expanded for the ninth consecutive quarter with growth in both Germany and France exceeding expectations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BDB6113" w14:textId="6A95A821" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="4E84BCDB" w14:textId="66486262" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
-        <w:t xml:space="preserve">The European Central Bank (ECB) kept interest rates on hold as expected, while upgrading their forecasts for growth and core inflation. The bond markets anticipated the next move by the ECB to be a rate hike following hawkish comments by board member Isabel Schnabel. German bund yields were driven higher by the announcement that issuance levels in 2026 are set to be substantially above forecast, €500bn as against consensus estimates for €300bn. </w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t xml:space="preserve">Inflation fell to 2% in December, in line with the European Central Bank’s (ECB) target for the first time since the summer, reinforcing the case for interest rates to remain on hold. The ECB has forecast inflation should average just below its official target over this year. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F7D34A0" w14:textId="2EF3FE9C" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="554DF167" w14:textId="77777777" w:rsidR="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> eurozone’s best performance since the second quarter of 2022.</w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t>In eurozone government bond markets, France outperformed with spreads over Germany tightening to levels last seen in mid-2024 (before President Macron’s unexpected announcement of parliamentary elections). French premier Sebastien Lecornu pledged to invoke Article 49.3 to force through the 2026 Budget, effectively bypassing a parliamentary vote. Despite the still-elevated 5% budget deficit, investors welcomed the semblance of political stability.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6158C347" w14:textId="77777777" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
-[...8 lines deleted...]
-    <w:p w14:paraId="4737BF73" w14:textId="774A110C" w:rsidR="0088071E" w:rsidRPr="0074279F" w:rsidRDefault="0088071E" w:rsidP="00AE2C72">
+    <w:p w14:paraId="7F4F803B" w14:textId="77777777" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="-155"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4737BF73" w14:textId="774A110C" w:rsidR="0088071E" w:rsidRPr="0074279F" w:rsidRDefault="0088071E" w:rsidP="00522AA3">
+      <w:pPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40B873E6" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="000E1E84" w:rsidRDefault="00AE2132" w:rsidP="003546D7">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r w:rsidRPr="000E1E84">
         <w:t>Drivers of fund performance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ABBB80D" w14:textId="1090A253" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="6640118B" w14:textId="450F0A9D" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
-[...6 lines deleted...]
-        <w:t>ember.</w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t>The Fund posted a positive total return, outperforming the reference benchmark during January.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52728707" w14:textId="2D6F5987" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="3BD30F18" w14:textId="52678906" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
+      <w:r w:rsidRPr="00522AA3">
         <w:t xml:space="preserve">Security-specific developments were the key driver of returns over the month. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B4624E" w14:textId="7A3E7BC7" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="5B0E24ED" w14:textId="7841B426" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
-        <w:t xml:space="preserve">Our new holding in European steel producer Celsa was a leading contributor. Sentiment has improved following a recent restructuring, to reduce the company’s debts, while the sector should benefit from EU trade barriers to protect against cheap imports due to global overcapacity. </w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t xml:space="preserve">The holding in UK gaming group Evoke, owner of the William Hill and 888 brands, rebounded after higher taxes on online betting in the Autumn Budget had weakened the sector. The company has taken steps to mitigate the impact through the closure of retail stores, while international revenues for the fourth quarter recorded double-digit percentage growth. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59610774" w14:textId="511EF626" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="73673F8E" w14:textId="04FA756F" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
-        <w:t>In the media sector, our holding in a US broadcaster rebounded following a debt extension.</w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t xml:space="preserve">Our holding in French lab testing business </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t>Cerba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t xml:space="preserve"> was additive as the bonds have recovered from a challenging period post-Covid, as several acquisitions had increased debt levels at a time when revenues weakened.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB640EB" w14:textId="78E32F7E" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="63FE763A" w14:textId="5F2A8BEF" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
-        <w:t xml:space="preserve">In the UK, the holding in </w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t xml:space="preserve">Transport group </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AE2C72">
-        <w:t>Mobido</w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t>Mobico</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AE2C72">
-        <w:t xml:space="preserve"> Group (formerly National Express) was additive as investors reacted favourably to the appointment of a new auditor. </w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t>, owner of the National Express in the UK and ALSA coaches in Spain, was another contributor as the business has a renewed focus on reducing debt levels.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF2A21D" w14:textId="5C196F4C" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="1377E9FE" w14:textId="19C62667" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
-        <w:t xml:space="preserve">The position in French telecom group Altice detracted after the company announced plans to shift assets out of creditors reach, ahead of any restructuring agreement. </w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t xml:space="preserve">The position in French property development group Foncia detracted after the appointment of a new chief financial officer (CFO) was not well received. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29422A0C" w14:textId="77777777" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="7A587D80" w14:textId="77777777" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
-        <w:t xml:space="preserve">In basic materials, specialty chemical group Ineos detracted on ongoing concerns over the company’s debt burden, competition from China and the challenging regulatory environment in the UK and mainland Europe. </w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t>Tele Columbus, a leading internet service provider in Germany, detracted on concerns about the company’s credit outlook due to challenging conditions in the TV sector, although the outlook for high-speed internet revenues is more positive.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="014710DE" w14:textId="77777777" w:rsidR="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00D25C7B">
+    <w:p w14:paraId="014710DE" w14:textId="77777777" w:rsidR="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="270"/>
+        <w:ind w:left="-155"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="703C32D4" w14:textId="77777777" w:rsidR="005105CD" w:rsidRPr="004A5669" w:rsidRDefault="005105CD" w:rsidP="00B3299E">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="90"/>
       </w:pPr>
       <w:r w:rsidRPr="008108AC">
         <w:t>Portfolio activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB0A5A4" w14:textId="2E7055F5" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="0A959D79" w14:textId="1FC5E532" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00AE2C72" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk134188625"/>
       <w:r w:rsidRPr="00AE2C72">
-        <w:t xml:space="preserve">We continue to adopt a barbell approach to portfolio construction, with a significant proportion of the Fund held in government debt and in investment grade corporate bonds, mainly BBB-rated securities, which act as a buffer against market volatility. </w:t>
+        <w:t xml:space="preserve">We </w:t>
+      </w:r>
+      <w:r w:rsidR="00522AA3" w:rsidRPr="00522AA3">
+        <w:t xml:space="preserve">In the primary market, we added a new issue from US data centre operator Cipher Compute, which operates leases to high quality tenants, on an attractive credit spread over US Treasury bonds. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D3A6007" w14:textId="1093D047" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="6E956DE9" w14:textId="613B06FE" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
-        <w:t xml:space="preserve">As a protection against a near-term widening of credit spreads in the high yield market, we continue to hedge a proportion of the portfolio. </w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t xml:space="preserve">In the real estate sector, we added a new issue from Eastern European developer MLP Group, which specialises in the construction and management of warehouses and manufacturing spaces.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B9408AE" w14:textId="4E058196" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="0D6B0C9F" w14:textId="08DB44C9" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
-        <w:t xml:space="preserve">Among high yield securities, we hold an underweight allocation to the middle of the market – notably BB-rated issues - with an emphasis on securities carrying a lower single-B credit rating. </w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t xml:space="preserve">We added to the holding in European ammunition manufacturer Czechoslovak Group, acquired in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522AA3">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">primary market during December, given the outlook for increased military spending with the likelihood of strong investor demand for further credit issuance from European defence companies.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B1A5DB" w14:textId="60D2F762" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="68086FEF" w14:textId="146A52B8" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
-        <w:t xml:space="preserve">In December, we participated in new issues from Celsa, as noted above, and UK waste management services group Biffa.  </w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t>In the technology sector, we acquired a holding in senior notes from MKS Instruments - a US supplier of specialist manufacturing equipment to the semiconductor industry, which is a beneficially of the boom in AI-related capital expenditure.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C18E9F6" w14:textId="26BC6E83" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="5B3FFFBF" w14:textId="30F95871" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> following the completion of a refinancing deal. </w:t>
+      <w:r w:rsidRPr="00522AA3">
+        <w:t xml:space="preserve">On the disposals side, we sold holdings in UK energy solutions group OEG, Danish wind turbine manufacturer Orsted and Austrian auto components supplier Benteler International. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05848CD8" w14:textId="19B86BB5" w:rsidR="00147E3A" w:rsidRDefault="00147E3A" w:rsidP="00D25C7B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="270"/>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="5760D462" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="004A5669" w:rsidRDefault="00DC5370" w:rsidP="009C2990">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="90"/>
       </w:pPr>
       <w:r w:rsidRPr="006A6D82">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00AE2132" w:rsidRPr="006A6D82">
         <w:t>utlook/Positioning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA47879" w14:textId="74642DF8" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="1613343D" w14:textId="465D1C23" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:right="-41"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk89696232"/>
       <w:bookmarkStart w:id="3" w:name="_Hlk76540173"/>
       <w:bookmarkStart w:id="4" w:name="_Hlk84431178"/>
       <w:bookmarkStart w:id="5" w:name="_Hlk68710450"/>
-      <w:bookmarkStart w:id="6" w:name="_Hlk153186481"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AE2C72">
+      <w:bookmarkStart w:id="6" w:name="_Hlk194960582"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk145020359"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk216105344"/>
+      <w:r w:rsidRPr="00522AA3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t>We remain moderately positive on the economic outlook for the eurozone. The services sector is rebounding strongly, while the labour market remains resilient. In contrast to the rise in unemployment in the US, eurozone unemployment has equalled all-time lows in recent months. However, we have yet to see any broad recovery in the manufacturing sector and the order to inventory ratio in many sectors is still negative. Inflation measures continue to suggest an underlying trend that is hovering slightly above its 2% target.</w:t>
+        <w:t>We remain moderately positive on the economic outlook for the eurozone. The services sector is rebounding strongly, while the labour market remains resilient. In contrast to the rise in unemployment in the US, eurozone unemployment has equalled all-time lows in recent months. However, we have yet to see a sustained recovery in the manufacturing sector and the order to inventory ratio in several sectors is still negative. Inflation measures suggest an underlying trend that is broadly in line with its 2% target</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="554664E4" w14:textId="077DE044" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="24B704EA" w14:textId="2FB72DB0" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:right="-41"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
+      <w:r w:rsidRPr="00522AA3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Notwithstanding geopolitical developments, we also expect corporate fundamentals in the eurozone to remain stable and the default rate to stay relatively low in comparison with the US. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_Hlk194960662"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk194960662"/>
     </w:p>
-    <w:p w14:paraId="36EB4152" w14:textId="1216A47E" w:rsidR="00AE2C72" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="014404D6" w14:textId="2553E536" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:right="-41"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
+      <w:r w:rsidRPr="00522AA3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">However, we are mindful that credit spreads in euro high yield, at index level measured over government </w:t>
+        <w:t>However, we are mindful that credit spreads in euro high yield, at index level measured over government bonds, are expensive relative to historic levels</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE2C72">
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00522AA3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t>bonds, are expensive relative to historic levels</w:t>
+        <w:t xml:space="preserve">. Accordingly, we continue to place a greater emphasis on higher quality credit, with an element of exposure to cash and sovereign debt awaiting investment opportunities in the euro credit markets. We continue </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AE2C72">
+      <w:r w:rsidRPr="00522AA3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t>. Accordingly, we continue to place a greater emphasis on higher quality credit, with an element of exposure to cash and sovereign debt awaiting investment opportunities in the euro credit markets.</w:t>
+        <w:t>our barbell approach, having off-benchmark exposure to BBBs and overweight positions in Bs and CCC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>s.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F82B57" w14:textId="56A59B23" w:rsidR="005464AA" w:rsidRPr="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="00AE2C72">
+    <w:p w14:paraId="4E48B52A" w14:textId="5EAC41BA" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="270" w:right="-41"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE2C72">
+      <w:r w:rsidRPr="00522AA3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t>We also remain focused on identifying idiosyncratic opportunities that can provide strong total returns in a variety of market environments, particularly among B-rated issues which could prove to be a fertile hunting ground for active investors over the coming months</w:t>
+        <w:t xml:space="preserve">Nevertheless, the technical backdrop for European credit markets should remain favourable with investors continuing to absorb high volumes of new issuance. Notably, despite concerns over substantial capital expenditure required to fund AI-related infrastructure, leading technology companies have had little difficulty so far in raising capital through the credit markets. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AE2C72">
+    </w:p>
+    <w:p w14:paraId="76F82B57" w14:textId="23466216" w:rsidR="005464AA" w:rsidRPr="00AE2C72" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
+      <w:pPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="270" w:right="-41"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00522AA3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>We remain focused on identifying idiosyncratic opportunities that can provide strong total returns in a variety of market environments, which should prove to be a fertile hunting ground for active investors over the coming months.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="00AE2C72" w:rsidRPr="00AE2C72">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1298C4AE" w14:textId="7FED049F" w:rsidR="008A1A4E" w:rsidRPr="00234FBC" w:rsidRDefault="00D75AB4" w:rsidP="002C2D68">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="-13" w:right="-41"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00234FBC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Past performance does not predict future returns. The value of investments and the income from them may go down as well as up and investors may not get back the amount originally invested.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E5053F" w14:textId="77777777" w:rsidR="003D5FBD" w:rsidRPr="004A5669" w:rsidRDefault="003D5FBD" w:rsidP="00F20FA6">
       <w:pPr>
@@ -1915,51 +1895,54 @@
     <w:p w14:paraId="0E17A055" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRDefault="00E51E12" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00301A7C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contingent convertible bonds</w:t>
       </w:r>
       <w:r>
         <w:t>: The fund may invest in contingent convertible bonds. If the financial strength of the issuer of a contingent convertible bond falls in a prescribed way, the value of the bond may fall significantly and, in the worst case, may result in losses to the fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B6E8F3B" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRDefault="00E51E12" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00301A7C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Counterparty risk</w:t>
       </w:r>
       <w:r>
-        <w:t>: The fund may have contractual agreements with counterparties. If a counterparty is unable to fulfil their obligations, the sum that they owe to the fund may be lost in part or in whole.</w:t>
+        <w:t xml:space="preserve">: The fund may have contractual agreements with counterparties. If a counterparty is unable to fulfil their obligations, the sum that </w:t>
+      </w:r>
+      <w:r>
+        <w:t>they owe to the fund may be lost in part or in whole.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B79A6AC" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRDefault="00E51E12" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00301A7C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Credit risk</w:t>
       </w:r>
       <w:r>
         <w:t>: A decline in the financial health of an issuer could cause the value of its bonds to fall or become worthless.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24FBDEF7" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRDefault="00E51E12" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00301A7C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Currency risk</w:t>
@@ -2001,70 +1984,64 @@
         </w:rPr>
         <w:t>class</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00473100">
         <w:t>The hedging of the share class may not be fully effective and residual currency exposure may remain. The cost associated with hedging may impact performance and potential gains may be more limited than for unhedged share classes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F202774" w14:textId="77777777" w:rsidR="005845DD" w:rsidRPr="005845DD" w:rsidRDefault="00D05362" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05362">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Derivatives risk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="005845DD" w:rsidRPr="005845DD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Derivatives may be used to manage the portfolio efficiently. A derivative may not perform as expected, may create losses greater than the cost of the derivative and may result in losses to the fund. The fund may also materially invest in derivatives including using short selling and leverage techniques with the aim of making a return. When the value of an asset changes, the value of a derivative based on that asset may change to a much greater extent. This may result in </w:t>
-[...6 lines deleted...]
-        <w:t>greater losses than investing in the underlying asset.</w:t>
+        <w:t>Derivatives may be used to manage the portfolio efficiently. A derivative may not perform as expected, may create losses greater than the cost of the derivative and may result in losses to the fund. The fund may also materially invest in derivatives including using short selling and leverage techniques with the aim of making a return. When the value of an asset changes, the value of a derivative based on that asset may change to a much greater extent. This may result in greater losses than investing in the underlying asset.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F9681A8" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRPr="00E66E75" w:rsidRDefault="00E51E12" w:rsidP="00E66E75">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66E75">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Event risk</w:t>
       </w:r>
       <w:r>
         <w:t>: The fund will take significant positions on companies involved in mergers, acquisitions, reorganisations and other corporate events. These may not turn out as expected and may result in losses to the fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BF8CEE5" w14:textId="77777777" w:rsidR="00E51E12" w:rsidRDefault="00E51E12" w:rsidP="00E51E12">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00301A7C">
         <w:rPr>
@@ -2251,73 +2228,73 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Marketing material for professional clients only. This document does not constitute an offer to anyone, or a solicitation by anyone, to subscribe for shares of Schroder International Selection Fund (the “Company”). Nothing in this document should be construed as advice and is therefore not a recommendation to buy or sell shares. An investment in the Company entails risks, which are fully described in the prospectus. Subscriptions for shares of the Company can only be made </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>on the basis of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> its latest Key Investor Information Document and prospectus, together with the latest audited annual report (and subsequent unaudited semi-annual report, if published), copies of which can be obtained, free of charge, from Schroder Investment Management (Europe) S.A. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="_Hlk110864325"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk110864325"/>
       <w:r w:rsidR="00605524" w:rsidRPr="00605524">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">These documents may be obtained in English, free of charge, from the following link: </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="00605524" w:rsidRPr="00605524">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.eifs.lu/schroders</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00605524" w:rsidRPr="00605524">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="00643BF5" w:rsidRPr="006879FB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Information for Switzerland: Schroder Investment Management (Switzerland) AG is the Swiss representative («Swiss Representative»</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00643BF5" w:rsidRPr="006879FB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00643BF5" w:rsidRPr="006879FB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Schroder &amp; Co Bank AG is the paying agent in Switzerland of the Luxembourg domiciled Schroder International Selection Fund. The prospectus for Switzerland, the key information documents, the articles of association and the annual and semi-annual reports may be obtained free of charge from the Swiss Representative.</w:t>
       </w:r>
       <w:r w:rsidR="00643BF5">
         <w:rPr>
@@ -2352,93 +2329,106 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.schroders.co.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. Schroders may decide to cease the distribution of any fund(s) in any EEA country at any </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>time</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> but we will publish our intention to do so on our website, in line with applicable regulatory requirements. The fund has environmental and/or social characteristics within the meaning of Article 8 of Regulation (EU) 2019/2088 on Sustainability-related Disclosures in the Financial Services Sector (the “SFDR”).</w:t>
+        <w:t xml:space="preserve"> but we will publish our intention to do so on our website, in line with applicable regulatory requirements. The fund has </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00965BE5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>environmental and/or social characteristics within the meaning of Article 8 of Regulation (EU) 2019/2088 on Sustainability-related Disclosures in the Financial Services Sector (the “SFDR”).</w:t>
       </w:r>
       <w:r w:rsidR="00234FBC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00234FBC" w:rsidRPr="003543F7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>For the UK only: This product is based overseas and is not subject to UK sustainable investment labelling and disclosure requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28EB2EE7" w14:textId="682893FF" w:rsidR="00965BE5" w:rsidRPr="00965BE5" w:rsidRDefault="00965BE5" w:rsidP="00965BE5">
       <w:pPr>
         <w:pStyle w:val="B17Disclaimertext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Any reference to sectors/countries/stocks/securities are for illustrative purposes only and not a recommendation to buy or sell any financial instrument/securities or adopt any investment strategy. Past Performance is not a guide to future performance and may not be repeated. The value of investments and the income from them may go down as well as up and investors may not get back the amounts originally invested. Exchange rate changes may cause the value of investments to fall as well as rise. Schroders has expressed its own views and opinions in this document and these may change. Schroders uses SustainEx™ to estimate the net impact of an investment portfolio having regard to certain sustainability measures in comparison to a product’s benchmark where relevant. It does this using third party data as well as Schroders own estimates and assumptions and the outcome may differ from other sustainability tools and measures. Third party data including MSCI data is owned or licensed by the data provider and may not be reproduced or extracted and used for any other purpose without the data provider's consent. Third party data is provided without any warranties of any kind. The data provider and issuer of the document shall have no liability in connection with the third party data. The terms of the third party’s specific disclaimers, if any, are set forth in the Important Information section at </w:t>
       </w:r>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="00965BE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.schroders.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">. Schroders will be a data controller in respect of your personal data. For information on how Schroders might process your personal data, please view our Privacy Policy available at www.schroders.com/en/privacy-policy/ or on request should you not have access to this webpage. A summary of investor rights may be obtained from </w:t>
+        <w:t>. Schroders will be a data controller in respect of your personal data. For information on how Schroders might process your personal data, please view our Privacy Policy available at www.schroders.com/en/privacy-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00965BE5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">policy/ or on request should you not have access to this webpage. A summary of investor rights may be obtained from </w:t>
       </w:r>
       <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00965BE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>https://www.schroders.com/en/lu/professional-investor/footer/complaints-handling/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>. For your security, communications may be recorded or monitored. Distributed in the UK by Schroder Investment Management Ltd, 1 London Wall Place, London EC2Y 5AU. Registration No 1893220 England. Authorised and regulated by the Financial Conduct Authority.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00965BE5" w:rsidRPr="00965BE5" w:rsidSect="007759D1">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="624" w:right="992" w:bottom="851" w:left="992" w:header="709" w:footer="576" w:gutter="0"/>
       <w:cols w:num="2" w:space="284"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
@@ -3866,78 +3856,78 @@
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9555"/>
       <w:gridCol w:w="367"/>
     </w:tblGrid>
     <w:tr w:rsidR="00D43979" w:rsidRPr="008678CC" w14:paraId="029A2794" w14:textId="77777777" w:rsidTr="008678CC">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="624"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="10265" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="570CAC24" w14:textId="77777777" w:rsidR="00662112" w:rsidRPr="008678CC" w:rsidRDefault="009918DD" w:rsidP="008678CC">
           <w:pPr>
             <w:pStyle w:val="B17ColouredFooterRIGHT"/>
             <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="008678CC">
             <w:t>Schroder ISF* EURO High Yield</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="1C34BFDD" w14:textId="08C178EC" w:rsidR="006E0C71" w:rsidRPr="008678CC" w:rsidRDefault="0088071E" w:rsidP="008678CC">
+        <w:p w14:paraId="1C34BFDD" w14:textId="3978C7DF" w:rsidR="006E0C71" w:rsidRPr="008678CC" w:rsidRDefault="0088071E" w:rsidP="008678CC">
           <w:pPr>
             <w:pStyle w:val="B17ColouredFooterRIGHT"/>
             <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="008678CC">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Fund Manager: Hugo Squire | Fund update: </w:t>
           </w:r>
-          <w:r w:rsidR="00AE2C72">
+          <w:r w:rsidR="00FF3C99">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
-            <w:t>December</w:t>
+            <w:t>January</w:t>
           </w:r>
           <w:r w:rsidR="00D43979">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve"> 202</w:t>
           </w:r>
-          <w:r w:rsidR="00234FBC">
+          <w:r w:rsidR="00FF3C99">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="393" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="2EB15282" w14:textId="1277EB55" w:rsidR="00662112" w:rsidRPr="008678CC" w:rsidRDefault="00B3299E" w:rsidP="008678CC">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <mc:AlternateContent>
               <mc:Choice Requires="wps">
                 <w:drawing>
                   <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="30E88490" wp14:editId="4462843D">
                     <wp:simplePos x="0" y="0"/>
@@ -6319,50 +6309,51 @@
     <w:rsid w:val="00194C1B"/>
     <w:rsid w:val="00195096"/>
     <w:rsid w:val="001950FF"/>
     <w:rsid w:val="00196143"/>
     <w:rsid w:val="00196740"/>
     <w:rsid w:val="00197321"/>
     <w:rsid w:val="001A05A5"/>
     <w:rsid w:val="001A0BF6"/>
     <w:rsid w:val="001A0D17"/>
     <w:rsid w:val="001A1544"/>
     <w:rsid w:val="001A205D"/>
     <w:rsid w:val="001A2352"/>
     <w:rsid w:val="001A2C48"/>
     <w:rsid w:val="001A2E2D"/>
     <w:rsid w:val="001A30E1"/>
     <w:rsid w:val="001A3642"/>
     <w:rsid w:val="001A415F"/>
     <w:rsid w:val="001A4486"/>
     <w:rsid w:val="001A5048"/>
     <w:rsid w:val="001A5786"/>
     <w:rsid w:val="001A709C"/>
     <w:rsid w:val="001A79FE"/>
     <w:rsid w:val="001A7E5E"/>
     <w:rsid w:val="001B050E"/>
     <w:rsid w:val="001B081D"/>
+    <w:rsid w:val="001B0879"/>
     <w:rsid w:val="001B0A14"/>
     <w:rsid w:val="001B0CD8"/>
     <w:rsid w:val="001B0F7E"/>
     <w:rsid w:val="001B128F"/>
     <w:rsid w:val="001B1499"/>
     <w:rsid w:val="001B1663"/>
     <w:rsid w:val="001B1897"/>
     <w:rsid w:val="001B273C"/>
     <w:rsid w:val="001B27FD"/>
     <w:rsid w:val="001B33C3"/>
     <w:rsid w:val="001B44C5"/>
     <w:rsid w:val="001B4969"/>
     <w:rsid w:val="001B56DF"/>
     <w:rsid w:val="001B5A24"/>
     <w:rsid w:val="001B6240"/>
     <w:rsid w:val="001B7194"/>
     <w:rsid w:val="001B719C"/>
     <w:rsid w:val="001B73AD"/>
     <w:rsid w:val="001B73F9"/>
     <w:rsid w:val="001B7F7A"/>
     <w:rsid w:val="001C0A30"/>
     <w:rsid w:val="001C143A"/>
     <w:rsid w:val="001C156C"/>
     <w:rsid w:val="001C165E"/>
     <w:rsid w:val="001C1B5F"/>
@@ -7375,50 +7366,51 @@
     <w:rsid w:val="00507CDD"/>
     <w:rsid w:val="00507D78"/>
     <w:rsid w:val="00507E1F"/>
     <w:rsid w:val="00507FFA"/>
     <w:rsid w:val="00510485"/>
     <w:rsid w:val="005105CD"/>
     <w:rsid w:val="00511D68"/>
     <w:rsid w:val="005128EF"/>
     <w:rsid w:val="005128F7"/>
     <w:rsid w:val="00512D84"/>
     <w:rsid w:val="005133CF"/>
     <w:rsid w:val="0051389E"/>
     <w:rsid w:val="00513B19"/>
     <w:rsid w:val="00513BC0"/>
     <w:rsid w:val="00514541"/>
     <w:rsid w:val="00514DA7"/>
     <w:rsid w:val="00515EA1"/>
     <w:rsid w:val="00516AA8"/>
     <w:rsid w:val="00516AB6"/>
     <w:rsid w:val="00516E23"/>
     <w:rsid w:val="00517035"/>
     <w:rsid w:val="00517680"/>
     <w:rsid w:val="00520CF9"/>
     <w:rsid w:val="005217B4"/>
     <w:rsid w:val="005226A5"/>
+    <w:rsid w:val="00522AA3"/>
     <w:rsid w:val="0052456A"/>
     <w:rsid w:val="00524E03"/>
     <w:rsid w:val="00526A6B"/>
     <w:rsid w:val="00527993"/>
     <w:rsid w:val="00527AB7"/>
     <w:rsid w:val="00531C0E"/>
     <w:rsid w:val="00532E29"/>
     <w:rsid w:val="005340FE"/>
     <w:rsid w:val="005344BF"/>
     <w:rsid w:val="005345F5"/>
     <w:rsid w:val="005353CD"/>
     <w:rsid w:val="0053596E"/>
     <w:rsid w:val="00535DE5"/>
     <w:rsid w:val="00535E48"/>
     <w:rsid w:val="0053618B"/>
     <w:rsid w:val="00536648"/>
     <w:rsid w:val="00536D1C"/>
     <w:rsid w:val="00537386"/>
     <w:rsid w:val="00537B23"/>
     <w:rsid w:val="00541EA2"/>
     <w:rsid w:val="005426C8"/>
     <w:rsid w:val="00542D90"/>
     <w:rsid w:val="0054304C"/>
     <w:rsid w:val="0054401A"/>
     <w:rsid w:val="0054443C"/>
@@ -10473,50 +10465,51 @@
     <w:rsid w:val="00FD4A7E"/>
     <w:rsid w:val="00FD6A16"/>
     <w:rsid w:val="00FD6A40"/>
     <w:rsid w:val="00FD6B61"/>
     <w:rsid w:val="00FD6EF5"/>
     <w:rsid w:val="00FD71E4"/>
     <w:rsid w:val="00FD723B"/>
     <w:rsid w:val="00FD79F8"/>
     <w:rsid w:val="00FE129C"/>
     <w:rsid w:val="00FE164C"/>
     <w:rsid w:val="00FE2F55"/>
     <w:rsid w:val="00FE37DB"/>
     <w:rsid w:val="00FE3D57"/>
     <w:rsid w:val="00FE4BA0"/>
     <w:rsid w:val="00FE5573"/>
     <w:rsid w:val="00FE5587"/>
     <w:rsid w:val="00FE5659"/>
     <w:rsid w:val="00FE5CCE"/>
     <w:rsid w:val="00FE6817"/>
     <w:rsid w:val="00FE69D3"/>
     <w:rsid w:val="00FE7B72"/>
     <w:rsid w:val="00FF0446"/>
     <w:rsid w:val="00FF19FD"/>
     <w:rsid w:val="00FF2612"/>
     <w:rsid w:val="00FF2CD5"/>
+    <w:rsid w:val="00FF3C99"/>
     <w:rsid w:val="00FF3CF6"/>
     <w:rsid w:val="00FF3F0A"/>
     <w:rsid w:val="00FF4149"/>
     <w:rsid w:val="00FF4585"/>
     <w:rsid w:val="00FF5C2F"/>
     <w:rsid w:val="00FF68FF"/>
     <w:rsid w:val="00FF6B9A"/>
     <w:rsid w:val="00FF6FA6"/>
     <w:rsid w:val="00FF6FEF"/>
     <w:rsid w:val="00FF731E"/>
     <w:rsid w:val="00FF78CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -12684,54 +12677,107 @@
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps8.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps9.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableUsageMapping/>
+</file>
+
+<file path=customXml/item10.xml><?xml version="1.0" encoding="utf-8"?>
 <AllMetadata/>
 </file>
 
-<file path=customXml/item10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item11.xml><?xml version="1.0" encoding="utf-8"?>
+<CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
+  <PublishDate>Fund Manager: Hugo Squire | Fund update: December 2022</PublishDate>
+  <Abstract/>
+  <CompanyAddress/>
+  <CompanyPhone/>
+  <CompanyFax/>
+  <CompanyEmail/>
+</CoverPageProperties>
+</file>
+
+<file path=customXml/item12.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="Computed" displayName="Computed" id="4ffd93bb-49e6-4948-b784-3f5901a76d33" isdomainofvalue="False" dataSourceId="116c01e6-66f2-4b9a-a331-99503a80b869"/>
+</file>
+
+<file path=customXml/item13.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="AD_HOC" displayName="AD_HOC" id="453db809-0896-4047-977f-ebe6f0a3ae31" isdomainofvalue="False" dataSourceId="e2573de8-3834-4b59-8d35-1656cf5d7d40"/>
+</file>
+
+<file path=customXml/item14.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceInfo>
+  <Id>116c01e6-66f2-4b9a-a331-99503a80b869</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>Expression</DataSourceType>
+  <Name>Computed</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
+</file>
+
+<file path=customXml/item15.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceInfo>
+  <Id>e2573de8-3834-4b59-8d35-1656cf5d7d40</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>Ad_Hoc</DataSourceType>
+  <Name>AD_HOC</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
+</file>
+
+<file path=customXml/item16.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableList UniqueId="64159380-ac7b-451a-b601-6bcba4960d87" Name="System" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="5a807615-ef6c-4272-a92f-fa4780796c05" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+</file>
+
+<file path=customXml/item17.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AEFF028DBF6A5A4AACCE86F7DC7A62B5" ma:contentTypeVersion="33" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="32feb9ebb17725f20c1612b1586cc654">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69ece4c0-e639-4d27-a408-778c245e4fea" xmlns:ns3="c8fafc93-787e-4f10-bd18-bb5398e89066" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a4cf37c1eab08ba47b2e216147d5e197" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69ece4c0-e639-4d27-a408-778c245e4fea"/>
     <xsd:import namespace="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
@@ -13009,512 +13055,459 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item11.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableListDefinition name="Computed" displayName="Computed" id="4ffd93bb-49e6-4948-b784-3f5901a76d33" isdomainofvalue="False" dataSourceId="116c01e6-66f2-4b9a-a331-99503a80b869"/>
+<file path=customXml/item18.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceMapping>
+  <Id>2f796a33-5b8f-47fd-955b-a159a242a7bb</Id>
+  <Name>AD_HOC_MAPPING</Name>
+  <TargetDataSource>e2573de8-3834-4b59-8d35-1656cf5d7d40</TargetDataSource>
+  <SourceType>XML File</SourceType>
+  <IsReadOnly>false</IsReadOnly>
+  <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
+  <SalesforceOrganizationName/>
+  <SalesforceApiVersion/>
+  <Properties>
+    <Property Name="RecordSeperator" Value="SampleData/DataRecord"/>
+  </Properties>
+  <RawMappings/>
+  <DesignTimeProperties/>
+</DataSourceMapping>
 </file>
 
-<file path=customXml/item12.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/item19.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="System" displayName="System" id="64159380-ac7b-451a-b601-6bcba4960d87" isdomainofvalue="False" dataSourceId="5a807615-ef6c-4272-a92f-fa4780796c05"/>
 </file>
 
-<file path=customXml/item13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceMapping>
+  <Id>949ec725-7e00-4808-a126-81ac24c0053a</Id>
+  <Name>EXPRESSION_VARIABLE_MAPPING</Name>
+  <TargetDataSource>5a807615-ef6c-4272-a92f-fa4780796c05</TargetDataSource>
+  <SourceType>XML File</SourceType>
+  <IsReadOnly>false</IsReadOnly>
+  <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
+  <SalesforceOrganizationName/>
+  <SalesforceApiVersion/>
+  <Properties/>
+  <RawMappings/>
+  <DesignTimeProperties/>
+</DataSourceMapping>
+</file>
+
+<file path=customXml/item20.xml><?xml version="1.0" encoding="utf-8"?>
+<DocPartTree/>
+</file>
+
+<file path=customXml/item21.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableList UniqueId="453db809-0896-4047-977f-ebe6f0a3ae31" Name="AD_HOC" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="e2573de8-3834-4b59-8d35-1656cf5d7d40" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+</file>
+
+<file path=customXml/item22.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item23.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceInfo>
+  <Id>5a807615-ef6c-4272-a92f-fa4780796c05</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>System</DataSourceType>
+  <Name>System</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
+</file>
+
+<file path=customXml/item24.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListCustXmlRels>
+  <VariableListCustXmlRel variableListName="AD_HOC">
+    <VariableListDefCustXmlId>{4342C621-23AC-498F-9FEF-3EE2FF0314F8}</VariableListDefCustXmlId>
+    <LibraryMetadataCustXmlId>{70089427-65FD-426E-AFED-4265B08E05D4}</LibraryMetadataCustXmlId>
+    <DataSourceInfoCustXmlId>{AF12AB42-71E3-45BF-9D32-331B9B24C56B}</DataSourceInfoCustXmlId>
+    <DataSourceMappingCustXmlId>{4F35965E-60B7-446B-ADAE-6D3CAA16CB5F}</DataSourceMappingCustXmlId>
+    <SdmcCustXmlId>{686A1A28-26C7-40A2-86B1-96C645E7F54A}</SdmcCustXmlId>
+  </VariableListCustXmlRel>
+  <VariableListCustXmlRel variableListName="Computed">
+    <VariableListDefCustXmlId>{415B86C8-257D-4130-8434-C031F1F8F57B}</VariableListDefCustXmlId>
+    <LibraryMetadataCustXmlId>{4EF83647-AD56-4395-B462-0AE4A007F7B7}</LibraryMetadataCustXmlId>
+    <DataSourceInfoCustXmlId>{CC947774-806A-4946-ADE4-95E40330020D}</DataSourceInfoCustXmlId>
+    <DataSourceMappingCustXmlId>{C067435D-8E89-46F9-A1E3-76B2C0872C07}</DataSourceMappingCustXmlId>
+    <SdmcCustXmlId>{216A4B2A-15DD-4AB1-A5C9-6961996B6084}</SdmcCustXmlId>
+  </VariableListCustXmlRel>
+  <VariableListCustXmlRel variableListName="System">
+    <VariableListDefCustXmlId>{1C03B73D-2506-4B93-A9BE-03A153319EA3}</VariableListDefCustXmlId>
+    <LibraryMetadataCustXmlId>{515D427E-D87C-4FB1-8BFF-086B19E0A53C}</LibraryMetadataCustXmlId>
+    <DataSourceInfoCustXmlId>{8E40B83E-CEB0-49CB-9298-6F7FF01B3006}</DataSourceInfoCustXmlId>
+    <DataSourceMappingCustXmlId>{19945F5D-CEEF-4FC2-8CAC-BE3B4C4839D8}</DataSourceMappingCustXmlId>
+    <SdmcCustXmlId>{ED56D57B-47A9-4793-8209-5F9C49E58557}</SdmcCustXmlId>
+  </VariableListCustXmlRel>
+</VariableListCustXmlRels>
+</file>
+
+<file path=customXml/item25.xml><?xml version="1.0" encoding="utf-8"?>
 <DataSourceMapping>
   <Id>eed4d6e0-6d67-4423-9bac-50410f5982e2</Id>
   <Name>EXPRESSION_VARIABLE_MAPPING</Name>
   <TargetDataSource>116c01e6-66f2-4b9a-a331-99503a80b869</TargetDataSource>
   <SourceType>XML File</SourceType>
   <IsReadOnly>false</IsReadOnly>
   <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
   <SalesforceOrganizationName/>
   <SalesforceApiVersion/>
   <Properties/>
   <RawMappings/>
   <DesignTimeProperties/>
 </DataSourceMapping>
 </file>
 
-<file path=customXml/item14.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableList UniqueId="453db809-0896-4047-977f-ebe6f0a3ae31" Name="AD_HOC" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="e2573de8-3834-4b59-8d35-1656cf5d7d40" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+<file path=customXml/item26.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="Computed" TargetDataSourceId="116c01e6-66f2-4b9a-a331-99503a80b869"/>
 </file>
 
-<file path=customXml/item15.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-</DataSourceInfo>
+<file path=customXml/item27.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="AD_HOC" TargetDataSourceId="e2573de8-3834-4b59-8d35-1656cf5d7d40"/>
 </file>
 
-<file path=customXml/item16.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableList UniqueId="4ffd93bb-49e6-4948-b784-3f5901a76d33" Name="Computed" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="116c01e6-66f2-4b9a-a331-99503a80b869" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
 </file>
 
-<file path=customXml/item17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h5c6f3f9467c440da5d4e58f9d6915e3 xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </h5c6f3f9467c440da5d4e58f9d6915e3>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="69ece4c0-e639-4d27-a408-778c245e4fea" xsi:nil="true"/>
     <gdc95e895a66489fbddfd0aedeef4a4d xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </gdc95e895a66489fbddfd0aedeef4a4d>
     <na0ef3f2435a44f992efef542271c1ad xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </na0ef3f2435a44f992efef542271c1ad>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <eb70884a37994eea8f8610875be350fb xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </eb70884a37994eea8f8610875be350fb>
     <n36f8d5caa114d28bd6cd683d744a75d xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </n36f8d5caa114d28bd6cd683d744a75d>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <id1de02aebd34f1b9a02af7835d3332c xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </id1de02aebd34f1b9a02af7835d3332c>
     <pd7ad48bd346410abfeeb792744c4564 xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </pd7ad48bd346410abfeeb792744c4564>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item18.xml><?xml version="1.0" encoding="utf-8"?>
-<SourceDataModel Name="Computed" TargetDataSourceId="116c01e6-66f2-4b9a-a331-99503a80b869"/>
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<AllExternalAdhocVariableMappings/>
 </file>
 
-<file path=customXml/item19.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
 <SourceDataModel Name="System" TargetDataSourceId="5a807615-ef6c-4272-a92f-fa4780796c05"/>
 </file>
 
-<file path=customXml/item20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item8.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item9.xml><?xml version="1.0" encoding="utf-8"?>
 <AllWordPDs>
 </AllWordPDs>
 </file>
 
-<file path=customXml/item21.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</DataSourceMapping>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB737275-B462-4000-AAA4-888B03A3B599}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item22.xml><?xml version="1.0" encoding="utf-8"?>
-[...103 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps10.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{256F960E-8BC5-4937-AECF-A64C9154CDD5}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps11.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39017414-D705-4C62-8724-5CF116288393}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps12.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{415B86C8-257D-4130-8434-C031F1F8F57B}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps13.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4342C621-23AC-498F-9FEF-3EE2FF0314F8}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps14.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC947774-806A-4946-ADE4-95E40330020D}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps15.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF12AB42-71E3-45BF-9D32-331B9B24C56B}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps16.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{515D427E-D87C-4FB1-8BFF-086B19E0A53C}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps17.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EE339A7-6FC2-413D-9FFF-1A993361AD8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69ece4c0-e639-4d27-a408-778c245e4fea"/>
     <ds:schemaRef ds:uri="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps11.xml><?xml version="1.0" encoding="utf-8"?>
-[...56 lines deleted...]
-
 <file path=customXml/itemProps18.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{216A4B2A-15DD-4AB1-A5C9-6961996B6084}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F35965E-60B7-446B-ADAE-6D3CAA16CB5F}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps19.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F35965E-60B7-446B-ADAE-6D3CAA16CB5F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C03B73D-2506-4B93-A9BE-03A153319EA3}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED56D57B-47A9-4793-8209-5F9C49E58557}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19945F5D-CEEF-4FC2-8CAC-BE3B4C4839D8}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps20.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB5D51C6-2BDB-4EB6-A794-4136DAE2066B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A4F4454-37D1-4724-83B9-CF03EBBB09E7}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps21.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19945F5D-CEEF-4FC2-8CAC-BE3B4C4839D8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70089427-65FD-426E-AFED-4265B08E05D4}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps22.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A9B72C3-241B-4015-A6A1-59B06B1BAF8C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps23.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{515D427E-D87C-4FB1-8BFF-086B19E0A53C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E40B83E-CEB0-49CB-9298-6F7FF01B3006}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps24.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4342C621-23AC-498F-9FEF-3EE2FF0314F8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A23A597-4E14-4713-B669-7AFDF7841F40}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps25.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C067435D-8E89-46F9-A1E3-76B2C0872C07}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps26.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{216A4B2A-15DD-4AB1-A5C9-6961996B6084}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps27.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{686A1A28-26C7-40A2-86B1-96C645E7F54A}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EF83647-AD56-4395-B462-0AE4A007F7B7}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A09E243-F8F5-456D-BEB2-C27BFBA4E9AF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A05DA333-F073-4C14-8FBD-5660BC887F23}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="69ece4c0-e639-4d27-a408-778c245e4fea"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04B1A757-28C1-4B87-9413-CC32AFBFD3F8}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps26.xml><?xml version="1.0" encoding="utf-8"?>
-[...36 lines deleted...]
-
 <file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EF83647-AD56-4395-B462-0AE4A007F7B7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED56D57B-47A9-4793-8209-5F9C49E58557}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A23A597-4E14-4713-B669-7AFDF7841F40}">
-  <ds:schemaRefs/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC5CEC8E-D53A-4C8A-B685-7E3196D51393}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps9.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A4F4454-37D1-4724-83B9-CF03EBBB09E7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB5D51C6-2BDB-4EB6-A794-4136DAE2066B}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1d3680c3-127e-4a30-867f-435e340a45e3}" enabled="0" method="" siteId="{1d3680c3-127e-4a30-867f-435e340a45e3}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>12525</Characters>
+  <Pages>4</Pages>
+  <Words>2306</Words>
+  <Characters>12874</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>379</Lines>
-  <Paragraphs>113</Paragraphs>
+  <Lines>279</Lines>
+  <Paragraphs>161</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Schroders Investment Management</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14710</CharactersWithSpaces>
+  <CharactersWithSpaces>15019</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>1835024</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.schroders.com/en/lu/professional-investor/footer/complaints-handling/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4653078</vt:i4>
       </vt:variant>
       <vt:variant>