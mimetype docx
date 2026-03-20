--- v3 (2026-02-28)
+++ v4 (2026-03-20)
@@ -1,5753 +1,4575 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...24 lines deleted...]
-  <Override PartName="/customXml/itemProps27.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8559" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9922"/>
+        <w:gridCol w:w="8559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00283EFA" w:rsidRPr="008678CC" w14:paraId="65AFC2B1" w14:textId="77777777" w:rsidTr="008678CC">
+      <w:tr w:rsidR="00E20CFB" w:rsidRPr="00A23F93" w14:paraId="62F61871" w14:textId="77777777" w:rsidTr="00DA6343">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="476"/>
+          <w:trHeight w:val="950"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10441" w:type="dxa"/>
+            <w:tcW w:w="8559" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="29B02608" w14:textId="64BF4284" w:rsidR="00283EFA" w:rsidRPr="008678CC" w:rsidRDefault="00252BDF" w:rsidP="00ED7ADD">
+          <w:p w14:paraId="3C5D50EB" w14:textId="3BD62A28" w:rsidR="00E20CFB" w:rsidRPr="00A23F93" w:rsidRDefault="004A6834" w:rsidP="00CC68E9">
             <w:pPr>
+              <w:pStyle w:val="Documenttitle"/>
+              <w:framePr w:hSpace="181" w:wrap="notBeside" w:x="-5" w:anchorLock="1"/>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A23F93">
               <w:rPr>
                 <w:noProof/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53AEB4F9" wp14:editId="70619B08">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-1843</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>45786</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="0" cy="605860"/>
+                      <wp:effectExtent l="0" t="0" r="38100" b="22860"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="842212949" name="Straight Connector 7"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvCnPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="0" cy="605860"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="line">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:ln w="12700">
+                                <a:solidFill>
+                                  <a:schemeClr val="bg2"/>
+                                </a:solidFill>
+                                <a:headEnd type="none" w="med" len="med"/>
+                                <a:tailEnd type="none" w="med" len="med"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="1">
+                                <a:schemeClr val="accent2"/>
+                              </a:lnRef>
+                              <a:fillRef idx="0">
+                                <a:schemeClr val="accent2"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent2"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="tx1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <w:pict>
+                    <v:line xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" id="Straight Connector 7" style="position:absolute;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="#00a2b5 [3214]" strokeweight="1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9DKif2wEAADEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5IN1A0EyzkkTS5F&#10;G/TxATS5tAjwBZK1pL/vkpLltA2KNuiFopY7u7PD4e52MJqcIETlbEvXq5oSsNwJZY8t/fb14fqG&#10;kpiYFUw7Cy0dIdLb/dWbXe8b2LjOaQGBYBEbm963tEvJN1UVeQeGxZXzYPFQumBYwt9wrERgPVY3&#10;utrU9bbqXRA+OA4xYvR+OqT7Ul9K4OmTlBES0S1FbqmsoayHvFb7HWuOgflO8ZkGewULw5TFpkup&#10;e5YY+R7Ub6WM4sFFJ9OKO1M5KRWHMgNOs65/meZLxzyUWVCc6BeZ4v8ryz+e7uxTQBl6H5von0Ke&#10;YpDB5C/yI0MRa1zEgiERPgU5Rrf125tt0bG64HyI6RGcIXnTUq1sHoM17PQhJuyFqeeUHNaW9Gie&#10;zbu6LmnRaSUelNb5sFgB7nQgJ4aXeDhu8qVhhZ+yOmDivRUkjR5dZtFrNNc0ICjRgNbMu3LZiSn9&#10;N5nYQVtsdNGl7NKoYeL8GSRRApVYT6SzZS88Gedg05mrtpidYRKnWoDztH8CzvkZCsXO/wJeEKWz&#10;s2kBG2VdeIl2GtazvHLKPyswzZ0lODgxFscUadCX5TbmN5SN//y/wC8vff8DAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDBqYwb2gAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5NS8NAFEX3gv9heIK7dmKE&#10;amNeiigigi4aC+Juknnmw8ybkJm28d/7utLl5R7uPflmdoM60BQ6zwhXywQUce1txw3C7v1pcQsq&#10;RMPWDJ4J4YcCbIrzs9xk1h95S4cyNkpGOGQGoY1xzLQOdUvOhKUfiaX78pMzUeLUaDuZo4y7QadJ&#10;stLOdCwPrRnpoaX6u9w7hOpt3X/G8rF/XvehIf3x8lrvRsTLi/n+DlSkOf7BcNIXdSjEqfJ7tkEN&#10;CItrARFuUlDSnlIlUJKuQBe5/m9f/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB9DKif&#10;2wEAADEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDB&#10;qYwb2gAAAAUBAAAPAAAAAAAAAAAAAAAAADUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" from="-.15pt,3.6pt" to="-.15pt,51.3pt" w14:anchorId="37753D44"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="000652FB">
               <w:rPr>
-                <w:noProof/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Schroder ISF </w:t>
+            </w:r>
+            <w:r w:rsidR="0063182E">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EURO </w:t>
+            </w:r>
+            <w:r w:rsidR="006909BA">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>High Yield</w:t>
+            </w:r>
+            <w:r w:rsidR="00B530CB">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F4372" w:rsidRPr="008678CC" w14:paraId="359AB02F" w14:textId="77777777" w:rsidTr="008678CC">
+    </w:tbl>
+    <w:p w14:paraId="1614956C" w14:textId="77777777" w:rsidR="00626DB0" w:rsidRPr="00A23F93" w:rsidRDefault="00794888" w:rsidP="001A51FE">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B85754B" wp14:editId="79F1B3F5">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-534035</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-599440</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="7559040" cy="2705100"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1267668239" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1267668238" name="Picture 1"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7559040" cy="2705100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="409"/>
+        <w:tblW w:w="10292" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10292"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E34B42" w:rsidRPr="00A23F93" w14:paraId="748F69EE" w14:textId="77777777" w:rsidTr="00A317E9">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="1536"/>
+          <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10441" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="10292" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="22CCEC93" w14:textId="77777777" w:rsidR="009F59AF" w:rsidRPr="008678CC" w:rsidRDefault="00277D91" w:rsidP="00BD4EC8">
+          <w:p w14:paraId="2EB51911" w14:textId="71745F88" w:rsidR="00E34B42" w:rsidRPr="00A23F93" w:rsidRDefault="00E34B42" w:rsidP="00A317E9">
             <w:pPr>
-              <w:pStyle w:val="B17MastheadTitle"/>
+              <w:pStyle w:val="Coverdate"/>
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Toc474410756"/>
-[...1 lines deleted...]
-              <w:t>Schroder ISF* EURO High Yield</w:t>
+            <w:r w:rsidRPr="00A23F93">
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
+              <w:t>Fund Manager</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A23F93">
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A23F93">
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="006909BA">
+              <w:t>Hugo Squire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A9C88F0" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="008678CC" w:rsidRDefault="00AE2132" w:rsidP="00AE2132">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E34B42" w:rsidRPr="00A23F93" w14:paraId="6D93C817" w14:textId="77777777" w:rsidTr="00A317E9">
+        <w:trPr>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10292" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CDFB79D" w14:textId="1346A65A" w:rsidR="00E34B42" w:rsidRPr="00A23F93" w:rsidRDefault="00E34B42" w:rsidP="00A317E9">
             <w:pPr>
-              <w:pStyle w:val="B17MastheadSmallSubtitle"/>
+              <w:pStyle w:val="Coverdate"/>
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Fund Manager: Hugo Squire | Fund update: </w:t>
+            <w:r w:rsidRPr="00A23F93">
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fund update: </w:t>
             </w:r>
-            <w:r w:rsidR="00522AA3">
-              <w:t>January</w:t>
+            <w:r w:rsidR="00484A50">
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
+              <w:t>February</w:t>
             </w:r>
-            <w:r w:rsidR="00A85FC3">
+            <w:r>
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D754C7">
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B40AB7">
-              <w:t>202</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E34B42" w:rsidRPr="00A23F93" w14:paraId="3BC35CC4" w14:textId="77777777" w:rsidTr="00A317E9">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10292" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="59701430" w14:textId="77777777" w:rsidR="00E34B42" w:rsidRPr="00A23F93" w:rsidRDefault="00E34B42" w:rsidP="00A317E9">
+            <w:pPr>
+              <w:pStyle w:val="Coverdisclaimer"/>
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
+              <w:t>Marketing material f</w:t>
             </w:r>
-            <w:r w:rsidR="00522AA3">
-              <w:t>6</w:t>
+            <w:r w:rsidRPr="00A23F93">
+              <w:rPr>
+                <w:noProof w:val="0"/>
+              </w:rPr>
+              <w:t>or professional clients only.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A65D6DD" w14:textId="77777777" w:rsidR="00F83AFE" w:rsidRPr="00B76737" w:rsidRDefault="00F83AFE" w:rsidP="00B831A3">
-[...1 lines deleted...]
-        <w:pStyle w:val="B17BodyText"/>
+    <w:p w14:paraId="50CA912F" w14:textId="77777777" w:rsidR="00A119CB" w:rsidRDefault="00A119CB" w:rsidP="001A51FE">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FF0A350" w14:textId="77777777" w:rsidR="00B831A3" w:rsidRDefault="00B831A3" w:rsidP="001C7C75">
-[...13 lines deleted...]
-        </w:sectPr>
+    <w:p w14:paraId="0630AAF1" w14:textId="77777777" w:rsidR="00B5080A" w:rsidRPr="00A23F93" w:rsidRDefault="00B5080A" w:rsidP="001A51FE">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DB63BC2" w14:textId="77777777" w:rsidR="00942BD1" w:rsidRPr="00942BD1" w:rsidRDefault="00942BD1" w:rsidP="00942BD1">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="141AA47D" w14:textId="77777777" w:rsidR="00994793" w:rsidRPr="00A23F93" w:rsidRDefault="00994793" w:rsidP="00994793">
+      <w:pPr>
+        <w:pStyle w:val="Sourcetext"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc72515832"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc72584036"/>
     </w:p>
-    <w:p w14:paraId="631F5984" w14:textId="1830D57B" w:rsidR="003C4151" w:rsidRDefault="00B80E5E" w:rsidP="0055783F">
-[...2 lines deleted...]
-        <w:ind w:left="-284"/>
+    <w:p w14:paraId="5D250715" w14:textId="77777777" w:rsidR="00A119CB" w:rsidRDefault="00A119CB" w:rsidP="00A119CB">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphheaderprussiannavy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A23F93">
+        <w:t>Market Review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="710137F7" w14:textId="3037CF98" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
       </w:pPr>
       <w:r>
-        <w:t>Mark</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> overview</w:t>
+        <w:t xml:space="preserve">Despite broadly encouraging global economic data, credit markets underperformed government bonds during February as geopolitics and artificial intelligence (AI) related news dominated the headlines.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CBDF886" w14:textId="66A2CE4A" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00AE2C72" w:rsidP="00522AA3">
-[...8 lines deleted...]
-        <w:t>Despite heightened geopolitical tensions during January, credit markets were resilient as global economic data generally remained positive.</w:t>
+    <w:p w14:paraId="10181743" w14:textId="6823C43F" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In Europe, credit spreads widened across the investment grade and high yield markets, with sectors viewed as most vulnerable to the potentially disruptive impact of AI, notably technology (particularly software companies), financial services and insurance, exhibited the most significant spread widening. The technical backdrop remained broadly supportive with new issuance being well absorbed in February although primary book attrition rates have been increasing, indicating some investor pushback with spreads close to historical lows. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D4CEBCF" w14:textId="147A047B" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...5 lines deleted...]
-        <w:t>In European credit, spreads tightened further as a strong technical backdrop continued to underpin the investment grade and high yield markets. It was a record start to the year for new issuance, with multiple times book coverage in the primary market indicative of the currently insatiable appetite for European credit despite spreads close to historical lows. In high yield, the best performing sectors over the month were telecoms, autos, real estate and healthcare.</w:t>
+    <w:p w14:paraId="6A335B22" w14:textId="3F2C9069" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Government bond markets rallied with the benchmark 10-year US Treasury yield ending the month 30bps lower at 3.94%, the largest monthly decline in a year. In the eurozone, the 10-year German bund yield declined by 20bps to 2.46% while the French 10-year OAT yield fell to 3.21% with spreads over Germany remaining at levels </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>similar to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> mid-2024 (before President Macron’s unexpected announcement of parliamentary elections).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192A8347" w14:textId="2FBA6068" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...5 lines deleted...]
-        <w:t>President Trump’s threat of 25% tariffs on European allies in the pursuit of Greenland was later rescinded but nevertheless injected a degree of uncertainty into the region’s outlook. Nevertheless, economic indicators released during the month were supportive, with the Flash Composite Purchasing Managers Index (PMI) for January highlighting 13 consecutive months of growth in private sector activity underpinned by the continuing strength of the services sector and a rebound in manufacturing. The GDP (gross domestic product) figures for the fourth quarter indicated the eurozone economy expanded for the ninth consecutive quarter with growth in both Germany and France exceeding expectations.</w:t>
+    <w:p w14:paraId="51EBA293" w14:textId="2BACD8B9" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Eurozone economic indicators released during February were supportive, with headline inflation declining to 1.7% in January, below the European Central Bank’s (ECB) 2% target, as lower energy costs and a stronger euro combined to ease inflationary pressures. Core inflation, which excludes volatile food and energy prices, fell to its lowest level for four years. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E84BCDB" w14:textId="66486262" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Inflation fell to 2% in December, in line with the European Central Bank’s (ECB) target for the first time since the summer, reinforcing the case for interest rates to remain on hold. The ECB has forecast inflation should average just below its official target over this year. </w:t>
+    <w:p w14:paraId="137FB58E" w14:textId="57C8D1F2" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+      </w:pPr>
+      <w:r>
+        <w:t>As expected, the ECB left interest rates on hold at 2%, after fourth quarter GDP growth for the eurozone came in above economists’ expectations with officials highlighting the favourable backdrop of low unemployment, increased public investment in infrastructure and defence spending, and a resilient corporate sector.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="554DF167" w14:textId="77777777" w:rsidR="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...6 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="214F8D1F" w14:textId="77777777" w:rsidR="006909BA" w:rsidRPr="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F4F803B" w14:textId="77777777" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0917C143" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="00A119CB" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Schroders Circular TT" w:hAnsi="Schroders Circular TT"/>
+          <w:b/>
+          <w:color w:val="001E41" w:themeColor="accent1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Schroders Circular TT" w:hAnsi="Schroders Circular TT"/>
+          <w:b/>
+          <w:color w:val="001E41" w:themeColor="accent1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Drivers of Fund Performance</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4737BF73" w14:textId="774A110C" w:rsidR="0088071E" w:rsidRPr="0074279F" w:rsidRDefault="0088071E" w:rsidP="00522AA3">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1D256285" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:t>The Fund posted a positive total return, outperforming the reference benchmark during February.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="40B873E6" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="000E1E84" w:rsidRDefault="00AE2132" w:rsidP="003546D7">
-[...5 lines deleted...]
-        <w:t>Drivers of fund performance</w:t>
+    <w:p w14:paraId="3423B0B2" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:t>Security-specific developments were the key driver of returns over the month. Exposure to eurozone government bonds was beneficial for performance over the month</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006909BA">
+        <w:t xml:space="preserve">Avoiding software companies was additive, as the sector sold off on concerns over the impact of generative AI on business models. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6640118B" w14:textId="450F0A9D" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...5 lines deleted...]
-        <w:t>The Fund posted a positive total return, outperforming the reference benchmark during January.</w:t>
+    <w:p w14:paraId="6BFF4AF1" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+      </w:pPr>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006909BA">
+        <w:t xml:space="preserve">he holding in Ineos rebounded on reports that the UK specialty chemicals group is considering asset sales and a potential refinancing of bonds that are due to mature next year. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD30F18" w14:textId="52678906" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Security-specific developments were the key driver of returns over the month. </w:t>
+    <w:p w14:paraId="40C447E6" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:t xml:space="preserve">Transport group </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006909BA">
+        <w:t>Mobico</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006909BA">
+        <w:t xml:space="preserve">, owner of the National Express in the UK and ALSA coaches in Spain, was another contributor as annual results were better-than-expected boosted by revenue growth in its Spanish business.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0E24ED" w14:textId="7841B426" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">The holding in UK gaming group Evoke, owner of the William Hill and 888 brands, rebounded after higher taxes on online betting in the Autumn Budget had weakened the sector. The company has taken steps to mitigate the impact through the closure of retail stores, while international revenues for the fourth quarter recorded double-digit percentage growth. </w:t>
+    <w:p w14:paraId="3C40C738" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:t xml:space="preserve">Holdings in UK gaming group 888 and glass and metal packaging specialist Ardagh were additive, with the latter reporting fourth quarter earnings ahead of forecasts having completed a refinancing towards the end of last year. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73673F8E" w14:textId="04FA756F" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Our holding in French lab testing business </w:t>
+    <w:p w14:paraId="0A9EE86B" w14:textId="4507186C" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:t>The holding in recruitment firm House of HR detracted as employment markets are perceived as vulnerable to the impact of AI, particularly in services industries.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="781FC045" w14:textId="77777777" w:rsidR="006909BA" w:rsidRPr="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Schroders Circular TT" w:hAnsi="Schroders Circular TT"/>
+          <w:b/>
+          <w:color w:val="001E41" w:themeColor="accent1"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E3EF6C5" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="00A119CB" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Schroders Circular TT" w:hAnsi="Schroders Circular TT"/>
+          <w:b/>
+          <w:color w:val="001E41" w:themeColor="accent1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Schroders Circular TT" w:hAnsi="Schroders Circular TT"/>
+          <w:b/>
+          <w:color w:val="001E41" w:themeColor="accent1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Portfolio Activity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F8A837" w14:textId="208D8E81" w:rsidR="006909BA" w:rsidRPr="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:t xml:space="preserve">In the technology sector, we added new issues from US data centre operators APLD Compute and Wulf Compute, both of which operate leases to high quality tenants. These issues are BB-rated and following recent market weakness are on an attractive credit spread over US Treasury bonds. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35077011" w14:textId="71A0A169" w:rsidR="006909BA" w:rsidRPr="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphheaderprussiannavy"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the telecoms sector, we added a new short-dated issue from French satellite operator Eutelsat, part of a refinancing programme to support longer-term investment in satellite operations. The business is viewed as a beneficiary of increased defence and infrastructure spending in Europe.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79631A22" w14:textId="77777777" w:rsidR="006909BA" w:rsidRPr="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphheaderprussiannavy"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We also acquired a holding in legacy UK digital broadcaster Arqiva, which has a growing smart meter business. The issue had weakened following an equity </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00522AA3">
-        <w:t>Cerba</w:t>
+      <w:r w:rsidRPr="006909BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>writedown</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00522AA3">
-        <w:t xml:space="preserve"> was additive as the bonds have recovered from a challenging period post-Covid, as several acquisitions had increased debt levels at a time when revenues weakened.  </w:t>
+      <w:r w:rsidRPr="006909BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by a major investor as the business faces regulatory uncertainty on digital broadcasting renewal, which provided an attractive entry point as the company is deleveraging while prospects for short-term revenues appear more stable.    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63FE763A" w14:textId="5F2A8BEF" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...13 lines deleted...]
-        <w:t>, owner of the National Express in the UK and ALSA coaches in Spain, was another contributor as the business has a renewed focus on reducing debt levels.</w:t>
+    <w:p w14:paraId="21070FC7" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphheaderprussiannavy"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On the disposals side, we sold the holding in European ammunition manufacturer Czechoslovak Group, acquired in the primary market during December, following an upgrade to investment grade status. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1377E9FE" w14:textId="19C62667" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">The position in French property development group Foncia detracted after the appointment of a new chief financial officer (CFO) was not well received. </w:t>
+    <w:p w14:paraId="2C45E57B" w14:textId="3A5D1BFA" w:rsidR="002C423C" w:rsidRPr="00A23F93" w:rsidRDefault="002C423C" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphheaderprussiannavy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A23F93">
+        <w:t>Outlook/</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7272C">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A23F93">
+        <w:t>ositioning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A587D80" w14:textId="77777777" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...5 lines deleted...]
-        <w:t>Tele Columbus, a leading internet service provider in Germany, detracted on concerns about the company’s credit outlook due to challenging conditions in the TV sector, although the outlook for high-speed internet revenues is more positive.</w:t>
+    <w:p w14:paraId="43E87D77" w14:textId="269A6206" w:rsidR="006909BA" w:rsidRPr="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphheaderprussiannavy"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We remain moderately positive on the economic outlook for the eurozone. There are signs that the fiscal spending is having a positive impact on economic activity, leading to an improvement in the manufacturing sectors. Moreover, in contrast to the rise in unemployment in the US, eurozone unemployment has equalled all-time lows in recent months. Inflation measures suggest an underlying trend that is broadly in line with its 2% target. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="014710DE" w14:textId="77777777" w:rsidR="00D25C7B" w:rsidRDefault="00D25C7B" w:rsidP="00522AA3">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="49220F74" w14:textId="77777777" w:rsidR="006909BA" w:rsidRPr="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphheaderprussiannavy"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notwithstanding geopolitical developments, we also expect corporate fundamentals in the eurozone to remain stable and the default rate to stay relatively low in comparison with the US. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="703C32D4" w14:textId="77777777" w:rsidR="005105CD" w:rsidRPr="004A5669" w:rsidRDefault="005105CD" w:rsidP="00B3299E">
-[...5 lines deleted...]
-        <w:t>Portfolio activity</w:t>
+    <w:p w14:paraId="03E5676F" w14:textId="72988A21" w:rsidR="006909BA" w:rsidRPr="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphheaderprussiannavy"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>However, we are mindful that credit spreads in euro high yield, at index level measured over government bonds, are expensive relative to historic levels. Accordingly, we continue to place a greater emphasis on higher quality credit, with an element of exposure to cash and sovereign debt awaiting investment opportunities in the euro credit markets. We continue our barbell approach, with off-benchmark exposure to BBBs and overweight positions in Bs and CCCs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A959D79" w14:textId="1FC5E532" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00AE2C72" w:rsidP="00522AA3">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">In the primary market, we added a new issue from US data centre operator Cipher Compute, which operates leases to high quality tenants, on an attractive credit spread over US Treasury bonds. </w:t>
+    <w:p w14:paraId="12BDB03E" w14:textId="77777777" w:rsidR="006909BA" w:rsidRPr="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphheaderprussiannavy"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nevertheless, the technical backdrop for European credit markets should remain favourable with investors continuing to absorb high volumes of new issuance. Notably, despite concerns over substantial capital expenditure required to fund AI-related infrastructure, leading technology companies have had little difficulty so far in raising capital through the credit markets. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E956DE9" w14:textId="613B06FE" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">In the real estate sector, we added a new issue from Eastern European developer MLP Group, which specialises in the construction and management of warehouses and manufacturing spaces.  </w:t>
+    <w:p w14:paraId="5E03E72E" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphheaderprussiannavy"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We remain focused on identifying idiosyncratic opportunities that can provide strong total returns in a variety of market environments, which should prove to be a fertile hunting ground for active investors over the coming months. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6B0C9F" w14:textId="08DB44C9" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">primary market during December, given the outlook for increased military spending with the likelihood of strong investor demand for further credit issuance from European defence companies.  </w:t>
+    <w:p w14:paraId="500093CB" w14:textId="0BAF4558" w:rsidR="00BE29C1" w:rsidRPr="00A23F93" w:rsidRDefault="00DB6B18" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphheaderprussiannavy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Calendar</w:t>
+      </w:r>
+      <w:r w:rsidR="002C423C" w:rsidRPr="00A23F93">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7272C">
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidR="002C423C" w:rsidRPr="00A23F93">
+        <w:t xml:space="preserve">early </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7272C">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="002C423C" w:rsidRPr="00A23F93">
+        <w:t>erformance (%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68086FEF" w14:textId="146A52B8" w:rsidR="00522AA3" w:rsidRPr="00522AA3" w:rsidRDefault="00522AA3" w:rsidP="00522AA3">
-[...198 lines deleted...]
-        <w:t>Calendar year performance (%)</w:t>
+    <w:p w14:paraId="4132B7C0" w14:textId="77777777" w:rsidR="00A119CB" w:rsidRDefault="002C423C" w:rsidP="00BE29C1">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A23F93">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Past performance does not predict future returns.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5148" w:type="pct"/>
-[...9 lines deleted...]
-        </w:tblCellMar>
+        <w:tblStyle w:val="Table"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="869"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1273"/>
+        <w:gridCol w:w="1812"/>
+        <w:gridCol w:w="2484"/>
+        <w:gridCol w:w="2955"/>
+        <w:gridCol w:w="2953"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D43979" w:rsidRPr="008678CC" w14:paraId="60E24C5E" w14:textId="77777777" w:rsidTr="00AE2C72">
+      <w:tr w:rsidR="006909BA" w:rsidRPr="00A23F93" w14:paraId="0780E925" w14:textId="57403666" w:rsidTr="00EC046E">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="pct"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="002A5E"/>
+            <w:tcW w:w="888" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="299156CE" w14:textId="77777777" w:rsidR="00B22A24" w:rsidRPr="008678CC" w:rsidRDefault="00B22A24" w:rsidP="008678CC">
+          <w:p w14:paraId="51C014E5" w14:textId="77777777" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
-          </w:p>
-[...27 lines deleted...]
-              <w:t>A Acc</w:t>
+            <w:r>
+              <w:t>Period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1302" w:type="pct"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="002A5E"/>
+            <w:tcW w:w="1217" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="0C0AF50A" w14:textId="77777777" w:rsidR="00B22A24" w:rsidRPr="008678CC" w:rsidRDefault="00B22A24" w:rsidP="008678CC">
+          <w:p w14:paraId="50EE6E5B" w14:textId="6D5AD83C" w:rsidR="006909BA" w:rsidRPr="0063182E" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...6 lines deleted...]
-              <w:t>I Acc</w:t>
+            <w:r w:rsidRPr="00827290">
+              <w:t xml:space="preserve">A </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00827290">
+              <w:t>Acc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="pct"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="002A5E"/>
+            <w:tcW w:w="1448" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="1B67317D" w14:textId="77777777" w:rsidR="00B22A24" w:rsidRPr="008678CC" w:rsidRDefault="00DB28FB" w:rsidP="008678CC">
+          <w:p w14:paraId="660C78BD" w14:textId="4A4D7DF9" w:rsidR="006909BA" w:rsidRPr="0063182E" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
+            <w:r w:rsidRPr="00827290">
+              <w:t xml:space="preserve">I </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00827290">
+              <w:t>Acc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="pct"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="5573D9B2" w14:textId="3D997D30" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>Target</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE2C72" w:rsidRPr="008678CC" w14:paraId="6B54BE80" w14:textId="77777777" w:rsidTr="00AE2C72">
+      <w:tr w:rsidR="006909BA" w:rsidRPr="00A23F93" w14:paraId="764AD612" w14:textId="5873580E" w:rsidTr="00EC046E">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="888" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="5AF68421" w14:textId="19AFC9BA" w:rsidR="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="008678CC">
+          <w:p w14:paraId="4D98C382" w14:textId="5CDA8386" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:spacing w:before="60" w:after="0"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1217" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="3E37CD04" w14:textId="4C6045BA" w:rsidR="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="008678CC">
+          <w:p w14:paraId="78913D4C" w14:textId="5B4F4AAA" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>4.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1302" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1448" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="7DC0E2EC" w14:textId="4214212B" w:rsidR="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="008678CC">
+          <w:p w14:paraId="76E97C1A" w14:textId="1ADA4E06" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1447" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="6BCE7B15" w14:textId="2AED90B2" w:rsidR="00AE2C72" w:rsidRDefault="00AE2C72" w:rsidP="008678CC">
+          <w:p w14:paraId="5C05FB7C" w14:textId="65E0FC2D" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43979" w:rsidRPr="008678CC" w14:paraId="41F39993" w14:textId="77777777" w:rsidTr="00AE2C72">
+      <w:tr w:rsidR="006909BA" w:rsidRPr="00A23F93" w14:paraId="08C55E62" w14:textId="6C8D9B30" w:rsidTr="00EC046E">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="888" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="6498A8AF" w14:textId="30512561" w:rsidR="0088071E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="008678CC">
+          <w:p w14:paraId="777CD4EE" w14:textId="77777777" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:spacing w:before="60" w:after="0"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              <w:t>2024</w:t>
+              <w:t xml:space="preserve">2024 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1217" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8C290D" w14:textId="6D04BBE3" w:rsidR="0088071E" w:rsidRPr="008678CC" w:rsidRDefault="00FA6AA4" w:rsidP="008678CC">
+          <w:p w14:paraId="0B0199E9" w14:textId="796AC974" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>10.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1302" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1448" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="4F0FABA4" w14:textId="5E8458A2" w:rsidR="0088071E" w:rsidRPr="008678CC" w:rsidRDefault="00AA32B2" w:rsidP="008678CC">
+          <w:p w14:paraId="577A4567" w14:textId="1A511F32" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>12.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1447" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="27389D34" w14:textId="16934E78" w:rsidR="0088071E" w:rsidRPr="008678CC" w:rsidRDefault="00D1296E" w:rsidP="008678CC">
+          <w:p w14:paraId="0F8763CC" w14:textId="20555DBE" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>8.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="5C31B13D" w14:textId="77777777" w:rsidTr="00AE2C72">
+      <w:tr w:rsidR="006909BA" w:rsidRPr="00A23F93" w14:paraId="3691D1E0" w14:textId="580C3730" w:rsidTr="00EC046E">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="888" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="39577365" w14:textId="0B813803" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="16C2808A" w14:textId="77777777" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              <w:t>2023</w:t>
+              <w:t xml:space="preserve">2023 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1217" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF2BF1B" w14:textId="774E8861" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="3EC9E4AE" w14:textId="63C184D9" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>11.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1302" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1448" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="7D9A71B4" w14:textId="1AD2E169" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="6256CA0A" w14:textId="66A3A381" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>13.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1447" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="2909132F" w14:textId="271E297A" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="67AE2179" w14:textId="42897904" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>12.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="0C52F3D7" w14:textId="77777777" w:rsidTr="00AE2C72">
+      <w:tr w:rsidR="006909BA" w:rsidRPr="00A23F93" w14:paraId="113796D1" w14:textId="1E471486" w:rsidTr="00EC046E">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="888" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="79694FB7" w14:textId="323EAC7E" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="132D5BF7" w14:textId="77777777" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...4 lines deleted...]
-              <w:t>2022</w:t>
+            <w:r>
+              <w:t xml:space="preserve">2022 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1217" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="58242886" w14:textId="296C1D17" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="4E2DC12F" w14:textId="709CBF10" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>-13.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1302" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1448" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="7E337F0F" w14:textId="33A4C17D" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="4C591997" w14:textId="5C772070" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>-12.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1447" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="189E4F3F" w14:textId="529FB2D9" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="27EB0BEF" w14:textId="4B93F31D" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>-11.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="1236F28E" w14:textId="77777777" w:rsidTr="00AE2C72">
+      <w:tr w:rsidR="006909BA" w:rsidRPr="00A23F93" w14:paraId="7E712925" w14:textId="7F358C96" w:rsidTr="00EC046E">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="888" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="65612B50" w14:textId="6F1566D3" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="1CA1850D" w14:textId="77777777" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...4 lines deleted...]
-              <w:t>2021</w:t>
+            <w:r>
+              <w:t xml:space="preserve">2021 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1217" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC77C58" w14:textId="23169721" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="7B7A153E" w14:textId="5D120124" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>4.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1302" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1448" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="0EFA2579" w14:textId="34B084D0" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="158DDD58" w14:textId="42ECF7A8" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>5.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1447" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="2D7C3CD8" w14:textId="72E3DF66" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="445F629C" w14:textId="625FCFCC" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="177DE530" w14:textId="77777777" w:rsidTr="00AE2C72">
+      <w:tr w:rsidR="006909BA" w:rsidRPr="00A23F93" w14:paraId="13C34551" w14:textId="1A56C7ED" w:rsidTr="00EC046E">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="888" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="6103DB05" w14:textId="290E2D22" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="564468C6" w14:textId="77777777" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...4 lines deleted...]
-              <w:t>2020</w:t>
+            <w:r>
+              <w:t xml:space="preserve">2020 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1217" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF639D0" w14:textId="1FE647D2" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="19746958" w14:textId="57F3AA48" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1302" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1448" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="6014C916" w14:textId="605E0E4A" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="21FA20A6" w14:textId="3FB38374" w:rsidR="006909BA" w:rsidRPr="00A23F93" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>5.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1447" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="187339D2" w14:textId="13572645" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="0E408CFE" w14:textId="39A463D9" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>2.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="46BE65F0" w14:textId="77777777" w:rsidTr="00AE2C72">
+      <w:tr w:rsidR="006909BA" w:rsidRPr="00A23F93" w14:paraId="3DB6DDAF" w14:textId="5D6DA119" w:rsidTr="00EC046E">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="888" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="53CE293E" w14:textId="737C690C" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="4DD459D7" w14:textId="2163B7D3" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1217" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="27112251" w14:textId="06D6E0DB" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="71B65868" w14:textId="336DD145" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>9.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1302" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1448" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="575E3B64" w14:textId="7C7CEFD2" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="7B6A727B" w14:textId="44064433" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>11.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1447" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="55194D7C" w14:textId="60094951" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="51CA1818" w14:textId="40F2D6BC" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>11.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="14D40A98" w14:textId="77777777" w:rsidTr="00AE2C72">
+      <w:tr w:rsidR="006909BA" w:rsidRPr="00A23F93" w14:paraId="74650489" w14:textId="510B2CA8" w:rsidTr="00EC046E">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="888" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="11598481" w14:textId="21EB19A6" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="2B6345F0" w14:textId="098FEFAC" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1217" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="323CF3F3" w14:textId="5343C27B" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="0CA446E8" w14:textId="00ECBFBC" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>-5.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1302" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1448" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="676775C2" w14:textId="6988C5F8" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="1540DCD8" w14:textId="0EB4AF96" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>-4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1447" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="071D946F" w14:textId="3F1F9A67" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="34BCFE00" w14:textId="3553E230" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>-3.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="15E955C9" w14:textId="77777777" w:rsidTr="00AE2C72">
+      <w:tr w:rsidR="006909BA" w:rsidRPr="00A23F93" w14:paraId="3F946637" w14:textId="51691F17" w:rsidTr="00EC046E">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="888" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="25A71966" w14:textId="7614163A" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="626BF334" w14:textId="71EA610A" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1217" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="16863007" w14:textId="7BA59C76" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="4B4292E9" w14:textId="557009B2" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>6.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1302" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1448" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="34ED4B72" w14:textId="1B706291" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="540ADB85" w14:textId="5CDE78C9" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>8.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1447" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="0E741229" w14:textId="4182065A" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="48DA8E12" w14:textId="10956348" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>6.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB019E" w:rsidRPr="008678CC" w14:paraId="031FE2C0" w14:textId="77777777" w:rsidTr="00AE2C72">
+      <w:tr w:rsidR="006909BA" w:rsidRPr="00A23F93" w14:paraId="672C8D3A" w14:textId="038924C8" w:rsidTr="00EC046E">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="888" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="338CBDE9" w14:textId="1DE65FD7" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="3B223136" w14:textId="4799A861" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1217" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="395E6ED5" w14:textId="29F78F7A" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="450D2823" w14:textId="1ADF8510" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>10.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1302" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1448" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="76CEBD63" w14:textId="19480308" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="24C9A786" w14:textId="076D6563" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>11.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1284" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1447" w:type="pct"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="74448143" w14:textId="7AA8F6DC" w:rsidR="00BB019E" w:rsidRPr="008678CC" w:rsidRDefault="00BB019E" w:rsidP="00BB019E">
+          <w:p w14:paraId="3F54B0C6" w14:textId="7C23A727" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
             <w:pPr>
-              <w:pStyle w:val="B17TableText"/>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Tabletext"/>
+              <w:ind w:right="563"/>
+              <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008678CC">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00827290">
               <w:t>9.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="704F4C4A" w14:textId="6B914D4B" w:rsidR="009918DD" w:rsidRDefault="00B22A24" w:rsidP="00B22A24">
-[...2 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4546F311" w14:textId="77777777" w:rsidR="005C664A" w:rsidRDefault="005C664A" w:rsidP="00BD7ADB">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+        <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DE7A752" w14:textId="64CF0AEE" w:rsidR="007D25B6" w:rsidRPr="00826685" w:rsidRDefault="00445663" w:rsidP="007D25B6">
+      <w:pPr>
+        <w:pStyle w:val="Sourcetext"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk208599288"/>
+      <w:r w:rsidRPr="00F25AB6">
+        <w:rPr>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Source: Schroders, Morningstar, as of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10458">
+        <w:rPr>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>31 December</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25AB6">
+        <w:rPr>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025. Performance shown is based on the currency of the share class shown and is net of fees. Please see factsheet for other share classes. The value of investments and the income from them may go down as well as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25AB6">
+        <w:rPr>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>up and investors may not get back the amount originally invested.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002061AF">
+        <w:rPr>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25AB6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Exchange rate changes may cause the value of investments to fall as well as rise.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25AB6">
+        <w:rPr>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Performance data does not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F25AB6">
+        <w:rPr>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>take into account</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F25AB6">
+        <w:rPr>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any commissions and costs, if any, charged when units or shares of any fund, as applicable, are issued and redeeme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002061AF">
+        <w:rPr>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00826685">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00CB3320">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B0ACDF4" w14:textId="5C90303F" w:rsidR="00DC25AF" w:rsidRPr="00257058" w:rsidRDefault="00DC25AF" w:rsidP="00257058">
+      <w:pPr>
+        <w:pStyle w:val="BodytextRegular"/>
+        <w:spacing w:before="60" w:after="0" w:line="190" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="16"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C95113">
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00A232E5" w:rsidRPr="00C95113">
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Benchmark</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF4D44">
         <w:rPr>
           <w:sz w:val="16"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00AE2C72">
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> refers to </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C95113">
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>ICE BofA Eur</w:t>
+      </w:r>
+      <w:r w:rsidR="006909BA">
         <w:rPr>
           <w:sz w:val="16"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">. All performance net of fees (where applicable), NAV to NAV (bid to bid), EUR. </w:t>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>o High Yield Constrained Index.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F65495" w14:textId="77777777" w:rsidR="00626DB0" w:rsidRPr="00753011" w:rsidRDefault="002C423C" w:rsidP="00753011">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphheaderprussiannavy"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10204"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00753011">
+        <w:t>Risk considerations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1224FBA7" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>ABS and MBS risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>: The fund may invest in mortgage or asset-backed securities. The underlying borrowers of these securities may not be able to pay back the full amount that they owe, which may result in losses to the fund.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD70252" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Capital risk / distribution policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>: As the fund intends to pay dividends regardless of its performance, a dividend may represent a return of part of the amount you invested.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6680D6A8" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Contingent convertible bonds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>: The fund may invest in contingent convertible bonds. If the financial strength of the issuer of a contingent convertible bond falls in a prescribed way, the value of the bond may fall significantly and, in the worst case, may result in losses to the fund.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B7E72F" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Counterparty risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>: The fund may have contractual agreements with counterparties. If a counterparty is unable to fulfil their obligations, the sum that they owe to the fund may be lost in part or in whole.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="652CF573" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Credit risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>: A decline in the financial health of an issuer could cause the value of its bonds to fall or become worthless.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D134E4" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Currency risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The fund may lose value </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00DB28FB" w:rsidRPr="00C95113">
-[...5 lines deleted...]
-        <w:t>Target :</w:t>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C95113">
-        <w:rPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> movements in foreign exchange rates. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE6C8D2" w14:textId="1B24962D" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Currency risk / hedged share</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C95113">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Constrained Index. </w:t>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>class</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>: The hedging of the share class may not be fully effective and residual currency exposure may remain. The cost associated with hedging may impact performance and potential gains may be more limited than for unhedged share classes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="726FAAC5" w14:textId="77777777" w:rsidR="00AB4F9A" w:rsidRDefault="00AB4F9A" w:rsidP="00AB7371">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1CB310C2" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Derivatives risk: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Derivatives may be used to manage the portfolio efficiently. The fund may also materially invest in derivatives including using short selling and leverage techniques with the aim of making a return. A derivative may not perform as expected, may create losses greater than the cost of the derivative and may result in losses to the fund.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C96AE9B" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Emerging and less developed markets</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>: The fund may invest in emerging and less developed markets. Investing in emerging and less developed markets is subject to greater risks than investing in securities of developed countries such as ownership and custody risks, political and economic risks, market and settlement risks, liquidity and volatility risk, legal and regulatory risks, execution and counterparty risk, and currency risk, which may adversely affect the net asset value per share of the fund and investors may as a result suffer losses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB538C3" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>High yield bond risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>: High yield bonds (normally lower rated or unrated) generally carry greater market, credit and liquidity risk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524F837B" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>IBOR risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>: The transition of the financial markets away from the use of interbank offered rates (IBORs) to alternative reference rates may impact the valuation of certain holdings and disrupt liquidity in certain instruments. This may impact the investment performance of the fund.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F73DC13" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Interest rate risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>: The fund may lose value as a direct result of interest rate changes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ACEAF4D" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Liquidity risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>: In difficult market conditions, the fund may not be able to sell a security for full value or at all. This could affect performance and could cause the fund to defer or suspend redemptions of its shares.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5627F41D" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Market risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>: The value of investments can go up and down and an investor may not get back the amount initially invested.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55CCDFE4" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Operational risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Operational processes, including those related to the safekeeping of assets, may fail. This may result in losses to the fund. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB60220" w14:textId="77777777" w:rsidR="00F7272C" w:rsidRPr="00F7272C" w:rsidRDefault="00F7272C" w:rsidP="00F7272C">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Performance risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Investment objectives express an intended result but there is no guarantee that such a result will be achieved. Depending on market conditions and the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>macro economic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> environment, investment objectives may become more difficult to achieve.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ECADAA4" w14:textId="77777777" w:rsidR="007639B5" w:rsidRDefault="00F7272C" w:rsidP="007639B5">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Sustainability risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The fund has environmental and/or social characteristics. This means it may have limited exposure to some companies, industries or sectors and may forego certain investment opportunities, or dispose of certain holdings, that do not align with its sustainability criteria. Therefore, the fund may underperform other funds that do not apply similar criteria. The fund may invest in companies that do not reflect the beliefs and values of any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>particular investor</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F7272C">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B6B456F" w14:textId="77777777" w:rsidR="007639B5" w:rsidRDefault="007639B5" w:rsidP="007639B5">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="562A831D" w14:textId="67329AD8" w:rsidR="00953023" w:rsidRDefault="00953023" w:rsidP="007639B5">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194907">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Important information</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="1C6C22A2" w14:textId="77777777" w:rsidR="00D36FCC" w:rsidRDefault="00D36FCC" w:rsidP="00662112">
-[...368 lines deleted...]
-    <w:p w14:paraId="558B9D91" w14:textId="77777777" w:rsidR="00234FBC" w:rsidRDefault="00965BE5" w:rsidP="00965BE5">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="047CA507" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
       <w:pPr>
         <w:pStyle w:val="B17Disclaimertext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Marketing material for professional clients only. This document does not constitute an offer to anyone, or a solicitation by anyone, to subscribe for shares of Schroder International Selection Fund (the “Company”). Nothing in this document should be construed as advice and is therefore not a recommendation to buy or sell shares. An investment in the Company entails risks, which are fully described in the prospectus. Subscriptions for shares of the Company can only be made </w:t>
+        <w:t xml:space="preserve">Marketing material for professional clients only. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="205D5CF0" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965BE5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">This document does not constitute an offer to anyone, or a solicitation by anyone, to subscribe for shares of Schroder International Selection Fund (the “Company”). Nothing in this document should be construed as advice and is therefore not a recommendation to buy or sell shares. An investment in the Company entails risks, which are fully described in the prospectus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334E5B22" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E87A583" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965BE5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subscriptions for shares of the Company can only be made </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>on the basis of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> its latest Key Investor Information Document and prospectus, together with the latest audited annual report (and subsequent unaudited semi-annual report, if published), copies of which can be obtained, free of charge, from Schroder Investment Management (Europe) S.A. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_Hlk110864325"/>
-      <w:r w:rsidR="00605524" w:rsidRPr="00605524">
+      <w:bookmarkStart w:id="3" w:name="_Hlk110864325"/>
+      <w:r w:rsidRPr="00605524">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">These documents may be obtained in English, free of charge, from the following link: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
-        <w:r w:rsidR="00605524" w:rsidRPr="00605524">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00605524">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.eifs.lu/schroders</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00605524" w:rsidRPr="00605524">
+      <w:r w:rsidRPr="00605524">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidR="00643BF5" w:rsidRPr="006879FB">
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="7F2A58E4" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CDB51E6" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Information for Switzerland: Schroder Investment Management (Switzerland) AG is the Swiss representative («Swiss Representative»</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00643BF5" w:rsidRPr="006879FB">
+      </w:pPr>
+      <w:r w:rsidRPr="006879FB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00643BF5" w:rsidRPr="006879FB">
+        <w:t>Information for Switzerland: Schroder Investment Management (Switzerland) AG is the Swiss representative («Swiss Representative»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006879FB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and Schroder &amp; Co Bank AG is the paying agent in Switzerland of the Luxembourg domiciled Schroder International Selection Fund. The prospectus for Switzerland, the key information documents, the articles of association and the annual and semi-annual reports may be obtained free of charge from the Swiss Representative.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00643BF5">
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006879FB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:t xml:space="preserve"> and Schroder &amp; Co Bank AG is the paying agent in Switzerland of the Luxembourg domiciled Schroder International Selection Fund. The prospectus for Switzerland, the key information documents, the articles of association and the annual and semi-annual reports may be obtained free of charge from the Swiss Representative.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="2149B1C6" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F9F26DF" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">For Luxembourg, these documents can be obtained in English at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00965BE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.schroders.lu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">. For the UK, these documents can be obtained in English, free of charge, from the Facilities Agent Schroder Investment Management Ltd, 1 London Wall Place, London EC2Y 5AU or at </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId40" w:history="1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47841671" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77A3937A" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965BE5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">For the UK, these documents can be obtained in English, free of charge, from the Facilities Agent Schroder Investment Management Ltd, 1 London Wall Place, London EC2Y 5AU or at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00965BE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.schroders.co.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. Schroders may decide to cease the distribution of any fund(s) in any EEA country at any </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>time</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> but we will publish our intention to do so on our website, in line with applicable regulatory requirements. The fund has </w:t>
-[...17 lines deleted...]
-        <w:t>For the UK only: This product is based overseas and is not subject to UK sustainable investment labelling and disclosure requirements.</w:t>
+        <w:t xml:space="preserve"> but we will publish our intention to do so on our website, in line with applicable regulatory requirements. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28EB2EE7" w14:textId="682893FF" w:rsidR="00965BE5" w:rsidRPr="00965BE5" w:rsidRDefault="00965BE5" w:rsidP="00965BE5">
+    <w:p w14:paraId="79600238" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
       <w:pPr>
         <w:pStyle w:val="B17Disclaimertext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28B2E2B8" w14:textId="595DAA6D" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Any reference to sectors/countries/stocks/securities are for illustrative purposes only and not a recommendation to buy or sell any financial instrument/securities or adopt any investment strategy. Past Performance is not a guide to future performance and may not be repeated. The value of investments and the income from them may go down as well as up and investors may not get back the amounts originally invested. Exchange rate changes may cause the value of investments to fall as well as rise. Schroders has expressed its own views and opinions in this document and these may change. Schroders uses SustainEx™ to estimate the net impact of an investment portfolio having regard to certain sustainability measures in comparison to a product’s benchmark where relevant. It does this using third party data as well as Schroders own estimates and assumptions and the outcome may differ from other sustainability tools and measures. Third party data including MSCI data is owned or licensed by the data provider and may not be reproduced or extracted and used for any other purpose without the data provider's consent. Third party data is provided without any warranties of any kind. The data provider and issuer of the document shall have no liability in connection with the third party data. The terms of the third party’s specific disclaimers, if any, are set forth in the Important Information section at </w:t>
-[...9 lines deleted...]
-      </w:hyperlink>
+        <w:t>The fund has environmental and/or social characteristics within the meaning of Article 8 of Regulation (EU) 2019/2088 on Sustainability-related Disclosures in the Financial Services Sector (the “SFDR”).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003543F7">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>For the UK only: This product is based overseas and is not subject to UK sustainable investment labelling and disclosure requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E58FA0" w14:textId="77777777" w:rsidR="006909BA" w:rsidRPr="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A938B9D" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>. Schroders will be a data controller in respect of your personal data. For information on how Schroders might process your personal data, please view our Privacy Policy available at www.schroders.com/en/privacy-</w:t>
+        <w:t>Any reference to sectors/countries/stocks/securities are for illustrative purposes only and not a recommendation to buy or sell any financial instrument/securities or adopt any investment strategy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A83BA17" w14:textId="77777777" w:rsidR="006909BA" w:rsidRPr="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6121949D" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006909BA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Past Performance is not a guide to future performance and may not be repeated. The value of investments and the income from them may go down as well as up and investors may not get back the amounts originally invested. Exchange rate changes may cause the value of investments to fall as well as rise.</w:t>
       </w:r>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId42" w:history="1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C59BC97" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47957578" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965BE5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Schroders has expressed its own views and opinions in this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00965BE5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>document</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00965BE5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and these may change.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6118A171" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58A8658F" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965BE5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Schroders will be a data controller in respect of your personal data. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57CE8518" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="097E072A" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965BE5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">For information on how Schroders might process your personal data, please view our Privacy Policy available at www.schroders.com/en/privacy-policy/ or on request should you not have access to this webpage. A summary of investor rights may be obtained from </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00965BE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>https://www.schroders.com/en/lu/professional-investor/footer/complaints-handling/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00965BE5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>. For your security, communications may be recorded or monitored. Distributed in the UK by Schroder Investment Management Ltd, 1 London Wall Place, London EC2Y 5AU. Registration No 1893220 England. Authorised and regulated by the Financial Conduct Authority.</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00965BE5" w:rsidRPr="00965BE5" w:rsidSect="007759D1">
-      <w:type w:val="continuous"/>
+    <w:p w14:paraId="7860BFCE" w14:textId="77777777" w:rsidR="006909BA" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68465A7A" w14:textId="42E57906" w:rsidR="006909BA" w:rsidRPr="00965BE5" w:rsidRDefault="006909BA" w:rsidP="006909BA">
+      <w:pPr>
+        <w:pStyle w:val="B17Disclaimertext"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965BE5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>For your security, communications may be recorded or monitored. Distributed in the UK by Schroder Investment Management Ltd, 1 London Wall Place, London EC2Y 5AU. Registration No 1893220 England. Authorised and regulated by the Financial Conduct Authority.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAAA5FD" w14:textId="32AB3FDE" w:rsidR="00310EDC" w:rsidRPr="00067C96" w:rsidRDefault="00310EDC" w:rsidP="001A0473">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="59" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00310EDC" w:rsidRPr="00067C96" w:rsidSect="007943EA">
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="624" w:right="992" w:bottom="851" w:left="992" w:header="709" w:footer="576" w:gutter="0"/>
-      <w:cols w:num="2" w:space="284"/>
+      <w:pgMar w:top="851" w:right="851" w:bottom="624" w:left="851" w:header="709" w:footer="567" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B3C58B3" w14:textId="77777777" w:rsidR="002756AB" w:rsidRDefault="002756AB" w:rsidP="00EC4E49">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3BF1191A" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE" w:rsidP="00EC4E49">
+      <w:r w:rsidRPr="00A23F93">
         <w:separator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="2B5CE080" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE"/>
+    <w:p w14:paraId="251D511D" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE"/>
+    <w:p w14:paraId="70BD8B5E" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE"/>
+    <w:p w14:paraId="32987A14" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE"/>
+    <w:p w14:paraId="1E901E85" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="011745BE" w14:textId="77777777" w:rsidR="002756AB" w:rsidRDefault="002756AB" w:rsidP="00EC4E49">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="16C8D672" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE" w:rsidP="00EC4E49">
+      <w:r w:rsidRPr="00A23F93">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="31D78910" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE"/>
+    <w:p w14:paraId="34B206C0" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE"/>
+    <w:p w14:paraId="2CB9C8B8" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE"/>
+    <w:p w14:paraId="6E5613EE" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE"/>
+    <w:p w14:paraId="77479089" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE"/>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="5D463910" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans">
     <w:panose1 w:val="020B0502040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Schroders Circular TT">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="020B0804020101010102"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00000BF" w:usb1="5000E47B" w:usb2="00000008" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimHei">
+    <w:altName w:val="黑体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Schroders Circular TT Black">
+    <w:panose1 w:val="020B0A04020101010102"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000BF" w:usb1="5000E47B" w:usb2="00000008" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="DengXian">
-    <w:altName w:val="等线"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
-[...21 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="392CED43" w14:textId="77777777" w:rsidR="00871E8C" w:rsidRDefault="00871E8C" w:rsidP="00326778">
+  <w:p w14:paraId="6419EA0C" w14:textId="77777777" w:rsidR="00626DB0" w:rsidRPr="00A23F93" w:rsidRDefault="00626DB0" w:rsidP="007943EA">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:spacing w:line="200" w:lineRule="exact"/>
+      <w:ind w:firstLine="720"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="5000" w:type="pct"/>
-[...1283 lines deleted...]
-    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="9555"/>
-      <w:gridCol w:w="367"/>
+      <w:gridCol w:w="4565"/>
+      <w:gridCol w:w="5262"/>
+      <w:gridCol w:w="377"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00D43979" w:rsidRPr="008678CC" w14:paraId="029A2794" w14:textId="77777777" w:rsidTr="008678CC">
+    <w:tr w:rsidR="00626DB0" w:rsidRPr="00A23F93" w14:paraId="12A2D30E" w14:textId="77777777" w:rsidTr="00F13ACE">
       <w:trPr>
-        <w:trHeight w:hRule="exact" w:val="624"/>
+        <w:trHeight w:hRule="exact" w:val="340"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="10265" w:type="dxa"/>
+          <w:tcW w:w="4438" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="570CAC24" w14:textId="77777777" w:rsidR="00662112" w:rsidRPr="008678CC" w:rsidRDefault="009918DD" w:rsidP="008678CC">
+        <w:p w14:paraId="5134C81E" w14:textId="77777777" w:rsidR="00626DB0" w:rsidRPr="00A23F93" w:rsidRDefault="00626DB0" w:rsidP="005F7F3D">
           <w:pPr>
-            <w:pStyle w:val="B17ColouredFooterRIGHT"/>
-            <w:jc w:val="left"/>
+            <w:pStyle w:val="BodyText"/>
+            <w:rPr>
+              <w:szCs w:val="16"/>
+            </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="008678CC">
-            <w:t>Schroder ISF* EURO High Yield</w:t>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5117" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="70EE071B" w14:textId="21EC17DE" w:rsidR="00626DB0" w:rsidRPr="00A23F93" w:rsidRDefault="007C6C31" w:rsidP="006909BA">
+          <w:pPr>
+            <w:pStyle w:val="Prussiannavyfootertextright"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve">Schroder ISF </w:t>
           </w:r>
-        </w:p>
-[...9 lines deleted...]
-            <w:t xml:space="preserve">Fund Manager: Hugo Squire | Fund update: </w:t>
+          <w:r w:rsidR="0063182E">
+            <w:t xml:space="preserve">EURO </w:t>
           </w:r>
-          <w:r w:rsidR="00FF3C99">
-[...15 lines deleted...]
-            <w:t>6</w:t>
+          <w:r w:rsidR="006909BA">
+            <w:t>High Yield</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="393" w:type="dxa"/>
+          <w:tcW w:w="367" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="2EB15282" w14:textId="1277EB55" w:rsidR="00662112" w:rsidRPr="008678CC" w:rsidRDefault="00B3299E" w:rsidP="008678CC">
+        <w:p w14:paraId="76937956" w14:textId="77777777" w:rsidR="00626DB0" w:rsidRPr="00A23F93" w:rsidRDefault="00626DB0" w:rsidP="0095184E">
           <w:pPr>
-            <w:pStyle w:val="Footer"/>
-            <w:jc w:val="center"/>
+            <w:pStyle w:val="PageNumber1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A23F93">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
-            </w:rPr>
-[...993 lines deleted...]
-              <w:rStyle w:val="PageNumber"/>
+              <w:b/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="008678CC">
+          <w:r w:rsidRPr="00A23F93">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
+              <w:b/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="008678CC">
+          <w:r w:rsidRPr="00A23F93">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
+              <w:b/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00535DE5" w:rsidRPr="008678CC">
+          <w:r w:rsidRPr="00A23F93">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
-              <w:noProof/>
+              <w:b/>
             </w:rPr>
-            <w:t>2</w:t>
+            <w:t>1</w:t>
           </w:r>
-          <w:r w:rsidRPr="008678CC">
+          <w:r w:rsidRPr="00A23F93">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
+              <w:b/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="6EECFBE8" w14:textId="77777777" w:rsidR="00871E8C" w:rsidRPr="008263AD" w:rsidRDefault="00871E8C" w:rsidP="008263AD">
+  <w:p w14:paraId="0B87687A" w14:textId="77777777" w:rsidR="00626DB0" w:rsidRPr="00A23F93" w:rsidRDefault="00626DB0" w:rsidP="00903816">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:spacing w:line="200" w:lineRule="exact"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0E483F34" w14:textId="77777777" w:rsidR="00871E8C" w:rsidRDefault="00871E8C" w:rsidP="00326778">
+  <w:p w14:paraId="6E6C14A5" w14:textId="77777777" w:rsidR="00B5080A" w:rsidRPr="00634810" w:rsidRDefault="00634810" w:rsidP="00634810">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
-  </w:p>
-[...118 lines deleted...]
-    </w:pPr>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="79EF695B" wp14:editId="70A9D226">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>5478780</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>10188575</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1536700" cy="287655"/>
+          <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1776284603" name="Picture 5"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1640504451" name="Picture 5"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect l="9451" t="26760" r="9749" b="28209"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1536700" cy="287655"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E063D38" w14:textId="77777777" w:rsidR="002756AB" w:rsidRDefault="002756AB" w:rsidP="00EC4E49">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="13CE0206" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE" w:rsidP="005B67EA">
+      <w:r w:rsidRPr="00A23F93">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58395B67" w14:textId="77777777" w:rsidR="002756AB" w:rsidRDefault="002756AB" w:rsidP="00EC4E49">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="14991621" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE" w:rsidP="00EC4E49">
+      <w:r w:rsidRPr="00A23F93">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="4FF2BBAA" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE"/>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="29A65AFE" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE"/>
+    <w:p w14:paraId="6DFD966A" w14:textId="77777777" w:rsidR="004D14FE" w:rsidRPr="00A23F93" w:rsidRDefault="004D14FE"/>
   </w:footnote>
 </w:footnotes>
-</file>
-[...129 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="FC642CEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="0644BD0C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="F9C80B00"/>
+    <w:tmpl w:val="B96285FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="4344F6DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7F7A1220"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="31"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet5"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="03A2BA0E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="31"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet4"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0B9A7D00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="31"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet3"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9ACCF07C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="31"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="B9965646"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="76287870"/>
+    <w:tmpl w:val="6FA8F9A2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="31"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1ABE2F3F"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06CC62D2"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="15BC518C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="357" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C0D02E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B8DE9B54"/>
-[...115 lines deleted...]
-      <w:pStyle w:val="Letterlistunbold"/>
+    <w:tmpl w:val="EB1042F6"/>
+    <w:lvl w:ilvl="0" w:tplc="E1AAF8DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pStyle w:val="NumerallistBold"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0410000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0410000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="43B2480C"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17F24AD3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2EE0A220"/>
+    <w:styleLink w:val="b17legalnumberedlist"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="19"/>
+        <w:u w:color="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="19"/>
+        <w:u w:color="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="19"/>
+        <w:u w:color="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3515" w:hanging="1247"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2693" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3260" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3827" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4394" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4961" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="297C26D5"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="24AE77B4"/>
+    <w:tmpl w:val="72FEDCCA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="–"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A023F42"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4B767612"/>
+    <w:lvl w:ilvl="0" w:tplc="27B0E32A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="LetteredlistRegular"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1468" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2188" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2908" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3628" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4348" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5068" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5788" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6508" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="715B7BBD"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39496058"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6160228A"/>
-[...3 lines deleted...]
-      <w:pStyle w:val="NumberingNormal"/>
+    <w:tmpl w:val="B702625E"/>
+    <w:lvl w:ilvl="0" w:tplc="103C3A56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6F92B45E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2926F9E8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D4DE02D8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5EDEE34A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="15AA9EF8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="13DC1DD0" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1E1EAB28" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9DFC4278" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40EE3C1F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E9A4CD40"/>
+    <w:lvl w:ilvl="0" w:tplc="95F69FC8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pStyle w:val="NumerallistRegular"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0410000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0410000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7F9000F4"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43B2480C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="1FDCA25A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="BulletedtextRegular"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="425" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B6F2E1C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7AC43B3A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Multilevellist1"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Multilevellistlevel2"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Multilevellistlevel3"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Multilevellistlevel4"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D4470B5"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="78028784"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="NumberedlistRegular"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="425" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51C950BC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C4044232"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="Section %1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3828" w:hanging="2126"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="A446BA" w:themeColor="text2"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="425" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FA217FA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8DA8E702"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="Appendix %1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2552" w:hanging="2552"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:shadow w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:u w:val="none"/>
+        <w:effect w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w:em w:val="none"/>
+        <w:specVanish w:val="0"/>
+        <w14:glow w14:rad="0">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:glow>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:reflection w14:blurRad="0" w14:stA="0" w14:stPos="0" w14:endA="0" w14:endPos="0" w14:dist="0" w14:dir="0" w14:fadeDir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none"/>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+        <w14:scene3d>
+          <w14:camera w14:prst="orthographicFront"/>
+          <w14:lightRig w14:rig="threePt" w14:dir="t">
+            <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
+          </w14:lightRig>
+        </w14:scene3d>
+        <w14:props3d w14:extrusionH="0" w14:contourW="0" w14:prstMaterial="none"/>
+        <w14:ligatures w14:val="none"/>
+        <w14:numForm w14:val="default"/>
+        <w14:numSpacing w14:val="default"/>
+        <w14:stylisticSets/>
+        <w14:cntxtAlts w14:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2807"/>
+        </w:tabs>
+        <w:ind w:left="2807" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3207"/>
+        </w:tabs>
+        <w:ind w:left="2807" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2694"/>
+        </w:tabs>
+        <w:ind w:left="2694" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:isLgl/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2694" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3279"/>
+        </w:tabs>
+        <w:ind w:left="3279" w:hanging="1152"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3423"/>
+        </w:tabs>
+        <w:ind w:left="3423" w:hanging="1296"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3567"/>
+        </w:tabs>
+        <w:ind w:left="3567" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4962"/>
+        </w:tabs>
+        <w:ind w:left="4962" w:hanging="2835"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="715B7BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="27F0A5B2"/>
-[...3 lines deleted...]
-      <w:pStyle w:val="Letterlistbold"/>
+    <w:tmpl w:val="5E9635DA"/>
+    <w:lvl w:ilvl="0" w:tplc="68BA3B14">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -5782,7854 +4604,5143 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="710619920">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A2351C0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="32EACC82"/>
+    <w:lvl w:ilvl="0" w:tplc="2BF6EAD4">
+      <w:start w:val="31"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Tabletextbullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C40654F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4CA6970"/>
+    <w:lvl w:ilvl="0" w:tplc="6EA07572">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Sub-bulletedtext"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DB01E4B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D3C4BBB4"/>
+    <w:lvl w:ilvl="0" w:tplc="044E95A2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="LetteredlistBold"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="425" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F9000F4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5E08C598"/>
+    <w:lvl w:ilvl="0" w:tplc="F968B7C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="357" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1012806123">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1077482466">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="467404019">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="404765174">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1313488688">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="100271668">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1595939290">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1275870892">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="612178504">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="536938488">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1160923921">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="117572224">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2137329981">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1721855778">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="113908630">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="2082099280">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1407729630">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1443497560">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1618296394">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="130561703">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1949774972">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="835729848">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="392042081">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1507281871">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1647391129">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1342391015">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1491756177">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="172451523">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="366488392">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="404837209">
+  <w:num w:numId="30" w16cid:durableId="109328283">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1325816064">
+  <w:num w:numId="31" w16cid:durableId="285356558">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1958948569">
-[...14 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="456486178">
+  <w:num w:numId="32" w16cid:durableId="1290042224">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="288901296">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="33" w16cid:durableId="488521536">
+    <w:abstractNumId w:val="20"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="613631594">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="34" w16cid:durableId="475491439">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:numIdMacAtCleanup w:val="8"/>
+  <w:num w:numId="35" w16cid:durableId="1106388310">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1421415432">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="787742933">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="737632976">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="877819785">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1016613435">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="6"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="10571981">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="673924818">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1123620625">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="2046786535">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1711370635">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:stylePaneSortMethod w:val="0000"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
-  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...1 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00F3625C"/>
-[...6 lines deleted...]
-    <w:rsid w:val="000063A5"/>
+    <w:rsidRoot w:val="00C87F56"/>
+    <w:rsid w:val="00000BBB"/>
+    <w:rsid w:val="000011B2"/>
+    <w:rsid w:val="00001AA8"/>
+    <w:rsid w:val="000031BF"/>
+    <w:rsid w:val="00003573"/>
+    <w:rsid w:val="0000375A"/>
+    <w:rsid w:val="00003D11"/>
     <w:rsid w:val="000066AB"/>
-    <w:rsid w:val="000068AB"/>
-[...86 lines deleted...]
-    <w:rsid w:val="0006111C"/>
+    <w:rsid w:val="00006AD1"/>
+    <w:rsid w:val="00006F11"/>
+    <w:rsid w:val="00007046"/>
+    <w:rsid w:val="00007F4D"/>
+    <w:rsid w:val="000117A5"/>
+    <w:rsid w:val="000120F1"/>
+    <w:rsid w:val="0001267C"/>
+    <w:rsid w:val="00012EB8"/>
+    <w:rsid w:val="00013CD9"/>
+    <w:rsid w:val="00014018"/>
+    <w:rsid w:val="0001403E"/>
+    <w:rsid w:val="000155C2"/>
+    <w:rsid w:val="00015DFD"/>
+    <w:rsid w:val="00016394"/>
+    <w:rsid w:val="000172FF"/>
+    <w:rsid w:val="00020E55"/>
+    <w:rsid w:val="00021024"/>
+    <w:rsid w:val="00022C02"/>
+    <w:rsid w:val="00025D1A"/>
+    <w:rsid w:val="00026731"/>
+    <w:rsid w:val="000311FB"/>
+    <w:rsid w:val="00033B6A"/>
+    <w:rsid w:val="000345B2"/>
+    <w:rsid w:val="000374AB"/>
+    <w:rsid w:val="00041658"/>
+    <w:rsid w:val="00044619"/>
+    <w:rsid w:val="00044F37"/>
+    <w:rsid w:val="000470CE"/>
+    <w:rsid w:val="0004770C"/>
+    <w:rsid w:val="00047D5D"/>
+    <w:rsid w:val="00051AFE"/>
+    <w:rsid w:val="00052460"/>
+    <w:rsid w:val="00053DE4"/>
+    <w:rsid w:val="00056072"/>
+    <w:rsid w:val="00056D6A"/>
+    <w:rsid w:val="00057A42"/>
+    <w:rsid w:val="00057BC9"/>
+    <w:rsid w:val="00060D93"/>
     <w:rsid w:val="000613AD"/>
-    <w:rsid w:val="000622B5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00062DE4"/>
+    <w:rsid w:val="0006152F"/>
+    <w:rsid w:val="00062761"/>
+    <w:rsid w:val="00062C8E"/>
     <w:rsid w:val="00062ECD"/>
-    <w:rsid w:val="00063084"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00065C64"/>
+    <w:rsid w:val="000652FB"/>
     <w:rsid w:val="0006657D"/>
-    <w:rsid w:val="000671ED"/>
-[...79 lines deleted...]
-    <w:rsid w:val="000B0DC0"/>
+    <w:rsid w:val="00066BFF"/>
+    <w:rsid w:val="00067232"/>
+    <w:rsid w:val="00067C96"/>
+    <w:rsid w:val="0007333E"/>
+    <w:rsid w:val="00073A5C"/>
+    <w:rsid w:val="00076530"/>
+    <w:rsid w:val="00085242"/>
+    <w:rsid w:val="0008623E"/>
+    <w:rsid w:val="00086792"/>
+    <w:rsid w:val="00086EC2"/>
+    <w:rsid w:val="00091247"/>
+    <w:rsid w:val="00093647"/>
+    <w:rsid w:val="000939FD"/>
+    <w:rsid w:val="00094952"/>
+    <w:rsid w:val="0009796F"/>
+    <w:rsid w:val="000A012C"/>
+    <w:rsid w:val="000A140C"/>
+    <w:rsid w:val="000A3F5A"/>
+    <w:rsid w:val="000A41E8"/>
+    <w:rsid w:val="000A5750"/>
+    <w:rsid w:val="000A71B3"/>
     <w:rsid w:val="000B1056"/>
-    <w:rsid w:val="000B1209"/>
-[...83 lines deleted...]
-    <w:rsid w:val="00101333"/>
+    <w:rsid w:val="000B33D5"/>
+    <w:rsid w:val="000B41B6"/>
+    <w:rsid w:val="000B44F7"/>
+    <w:rsid w:val="000B5185"/>
+    <w:rsid w:val="000B545A"/>
+    <w:rsid w:val="000B6560"/>
+    <w:rsid w:val="000B6ABA"/>
+    <w:rsid w:val="000B7AD2"/>
+    <w:rsid w:val="000C09CD"/>
+    <w:rsid w:val="000C4793"/>
+    <w:rsid w:val="000C4876"/>
+    <w:rsid w:val="000C48F1"/>
+    <w:rsid w:val="000C5914"/>
+    <w:rsid w:val="000C5DFA"/>
+    <w:rsid w:val="000D05B8"/>
+    <w:rsid w:val="000D0CA0"/>
+    <w:rsid w:val="000D3B4F"/>
+    <w:rsid w:val="000D5417"/>
+    <w:rsid w:val="000D5429"/>
+    <w:rsid w:val="000D67CD"/>
+    <w:rsid w:val="000D7AD1"/>
+    <w:rsid w:val="000E0B41"/>
+    <w:rsid w:val="000E31CE"/>
+    <w:rsid w:val="000E4302"/>
+    <w:rsid w:val="000E74C9"/>
+    <w:rsid w:val="000E77A1"/>
+    <w:rsid w:val="000E7B69"/>
+    <w:rsid w:val="000E7BF9"/>
+    <w:rsid w:val="000F2A53"/>
+    <w:rsid w:val="000F4368"/>
+    <w:rsid w:val="000F61FA"/>
+    <w:rsid w:val="000F638B"/>
     <w:rsid w:val="00101343"/>
-    <w:rsid w:val="00101AE2"/>
-[...161 lines deleted...]
-    <w:rsid w:val="001A205D"/>
+    <w:rsid w:val="0010159F"/>
+    <w:rsid w:val="001019D9"/>
+    <w:rsid w:val="00102792"/>
+    <w:rsid w:val="00103B62"/>
+    <w:rsid w:val="00105004"/>
+    <w:rsid w:val="001050D4"/>
+    <w:rsid w:val="00110C75"/>
+    <w:rsid w:val="0011206B"/>
+    <w:rsid w:val="00113154"/>
+    <w:rsid w:val="00113E2B"/>
+    <w:rsid w:val="00115FCA"/>
+    <w:rsid w:val="0011709D"/>
+    <w:rsid w:val="00117130"/>
+    <w:rsid w:val="001175A5"/>
+    <w:rsid w:val="001176C9"/>
+    <w:rsid w:val="00117814"/>
+    <w:rsid w:val="00122363"/>
+    <w:rsid w:val="0012247B"/>
+    <w:rsid w:val="00124C11"/>
+    <w:rsid w:val="00125307"/>
+    <w:rsid w:val="00126CA6"/>
+    <w:rsid w:val="00127693"/>
+    <w:rsid w:val="0013085F"/>
+    <w:rsid w:val="00131698"/>
+    <w:rsid w:val="00131C6C"/>
+    <w:rsid w:val="00131EC2"/>
+    <w:rsid w:val="00132535"/>
+    <w:rsid w:val="0013257C"/>
+    <w:rsid w:val="00133724"/>
+    <w:rsid w:val="00135CDB"/>
+    <w:rsid w:val="00135D9A"/>
+    <w:rsid w:val="00136166"/>
+    <w:rsid w:val="00136A48"/>
+    <w:rsid w:val="00143C0D"/>
+    <w:rsid w:val="00147E57"/>
+    <w:rsid w:val="00150110"/>
+    <w:rsid w:val="00153577"/>
+    <w:rsid w:val="00156A61"/>
+    <w:rsid w:val="0015762F"/>
+    <w:rsid w:val="00160212"/>
+    <w:rsid w:val="00160B89"/>
+    <w:rsid w:val="00160E60"/>
+    <w:rsid w:val="00165662"/>
+    <w:rsid w:val="001658A5"/>
+    <w:rsid w:val="00165FA4"/>
+    <w:rsid w:val="00170529"/>
+    <w:rsid w:val="00173380"/>
+    <w:rsid w:val="00173927"/>
+    <w:rsid w:val="001766BD"/>
+    <w:rsid w:val="00176772"/>
+    <w:rsid w:val="0017720C"/>
+    <w:rsid w:val="00181010"/>
+    <w:rsid w:val="00182329"/>
+    <w:rsid w:val="0018264A"/>
+    <w:rsid w:val="0018273E"/>
+    <w:rsid w:val="00184EC9"/>
+    <w:rsid w:val="00185669"/>
+    <w:rsid w:val="00186DEB"/>
+    <w:rsid w:val="00186DEC"/>
+    <w:rsid w:val="00187867"/>
+    <w:rsid w:val="00190131"/>
+    <w:rsid w:val="00190513"/>
+    <w:rsid w:val="001914CC"/>
+    <w:rsid w:val="00191907"/>
+    <w:rsid w:val="00191AA7"/>
+    <w:rsid w:val="0019230D"/>
+    <w:rsid w:val="001923FE"/>
+    <w:rsid w:val="00194311"/>
+    <w:rsid w:val="00194907"/>
+    <w:rsid w:val="001950AD"/>
+    <w:rsid w:val="001A0473"/>
+    <w:rsid w:val="001A1ECF"/>
     <w:rsid w:val="001A2352"/>
-    <w:rsid w:val="001A2C48"/>
-[...102 lines deleted...]
-    <w:rsid w:val="001F4A7A"/>
+    <w:rsid w:val="001A23FC"/>
+    <w:rsid w:val="001A2E20"/>
+    <w:rsid w:val="001A3924"/>
+    <w:rsid w:val="001A3E3C"/>
+    <w:rsid w:val="001A4092"/>
+    <w:rsid w:val="001A444C"/>
+    <w:rsid w:val="001A51FE"/>
+    <w:rsid w:val="001B0D5D"/>
+    <w:rsid w:val="001B497F"/>
+    <w:rsid w:val="001B4A2A"/>
+    <w:rsid w:val="001B6FBA"/>
+    <w:rsid w:val="001B725E"/>
+    <w:rsid w:val="001B784A"/>
+    <w:rsid w:val="001C4A7E"/>
+    <w:rsid w:val="001C4AC6"/>
+    <w:rsid w:val="001C4C02"/>
+    <w:rsid w:val="001C5000"/>
+    <w:rsid w:val="001C6156"/>
+    <w:rsid w:val="001C6E39"/>
+    <w:rsid w:val="001C7A41"/>
+    <w:rsid w:val="001D05FE"/>
+    <w:rsid w:val="001D0876"/>
+    <w:rsid w:val="001D1627"/>
+    <w:rsid w:val="001D242A"/>
+    <w:rsid w:val="001D2CBE"/>
+    <w:rsid w:val="001D3725"/>
+    <w:rsid w:val="001D48B5"/>
+    <w:rsid w:val="001D5665"/>
+    <w:rsid w:val="001D56B5"/>
+    <w:rsid w:val="001D5CDE"/>
+    <w:rsid w:val="001D69C2"/>
+    <w:rsid w:val="001E1145"/>
+    <w:rsid w:val="001E3265"/>
+    <w:rsid w:val="001E3C26"/>
+    <w:rsid w:val="001E3E47"/>
+    <w:rsid w:val="001E696A"/>
+    <w:rsid w:val="001E6E49"/>
+    <w:rsid w:val="001F0732"/>
+    <w:rsid w:val="001F0BA6"/>
+    <w:rsid w:val="001F0D15"/>
+    <w:rsid w:val="001F29F0"/>
+    <w:rsid w:val="001F37FA"/>
+    <w:rsid w:val="001F4AC5"/>
     <w:rsid w:val="001F4DB1"/>
-    <w:rsid w:val="001F6401"/>
-[...36 lines deleted...]
-    <w:rsid w:val="0021593A"/>
+    <w:rsid w:val="001F586A"/>
+    <w:rsid w:val="001F5A8D"/>
+    <w:rsid w:val="001F66A9"/>
+    <w:rsid w:val="00200182"/>
+    <w:rsid w:val="00202B52"/>
+    <w:rsid w:val="002030CE"/>
+    <w:rsid w:val="00203BB4"/>
+    <w:rsid w:val="002045AD"/>
+    <w:rsid w:val="002045CD"/>
+    <w:rsid w:val="0020517D"/>
+    <w:rsid w:val="0020570E"/>
+    <w:rsid w:val="002061AF"/>
+    <w:rsid w:val="0020663D"/>
+    <w:rsid w:val="002067AE"/>
+    <w:rsid w:val="002071E0"/>
+    <w:rsid w:val="00207BBE"/>
+    <w:rsid w:val="002106ED"/>
+    <w:rsid w:val="0021118F"/>
+    <w:rsid w:val="0021191F"/>
+    <w:rsid w:val="00212B0E"/>
+    <w:rsid w:val="00212FED"/>
+    <w:rsid w:val="00214BF6"/>
     <w:rsid w:val="00215B52"/>
-    <w:rsid w:val="00215D51"/>
-[...21 lines deleted...]
-    <w:rsid w:val="002330FF"/>
+    <w:rsid w:val="00217499"/>
+    <w:rsid w:val="002207B2"/>
+    <w:rsid w:val="00224392"/>
+    <w:rsid w:val="00226117"/>
+    <w:rsid w:val="00230355"/>
+    <w:rsid w:val="00232B2C"/>
     <w:rsid w:val="0023392D"/>
-    <w:rsid w:val="002344C1"/>
-[...6 lines deleted...]
-    <w:rsid w:val="0023597B"/>
+    <w:rsid w:val="00234370"/>
+    <w:rsid w:val="002345DF"/>
+    <w:rsid w:val="0023509A"/>
+    <w:rsid w:val="00236053"/>
     <w:rsid w:val="002360B9"/>
-    <w:rsid w:val="002368D8"/>
-[...30 lines deleted...]
-    <w:rsid w:val="0025100D"/>
+    <w:rsid w:val="00236136"/>
+    <w:rsid w:val="0023654B"/>
+    <w:rsid w:val="00237B40"/>
+    <w:rsid w:val="002422D1"/>
+    <w:rsid w:val="00242A67"/>
+    <w:rsid w:val="00243BAE"/>
+    <w:rsid w:val="00244A21"/>
+    <w:rsid w:val="0024617D"/>
+    <w:rsid w:val="00247837"/>
+    <w:rsid w:val="00250626"/>
     <w:rsid w:val="0025123E"/>
-    <w:rsid w:val="0025132C"/>
-[...267 lines deleted...]
-    <w:rsid w:val="00333C34"/>
+    <w:rsid w:val="00251481"/>
+    <w:rsid w:val="00251540"/>
+    <w:rsid w:val="002541D8"/>
+    <w:rsid w:val="00255BD1"/>
+    <w:rsid w:val="00260CCF"/>
+    <w:rsid w:val="00261A9F"/>
+    <w:rsid w:val="00261D48"/>
+    <w:rsid w:val="00261FA2"/>
+    <w:rsid w:val="00262EBB"/>
+    <w:rsid w:val="002644A8"/>
+    <w:rsid w:val="002652C6"/>
+    <w:rsid w:val="002658D6"/>
+    <w:rsid w:val="002675CD"/>
+    <w:rsid w:val="00270854"/>
+    <w:rsid w:val="00270FF9"/>
+    <w:rsid w:val="00273856"/>
+    <w:rsid w:val="00274546"/>
+    <w:rsid w:val="002745E6"/>
+    <w:rsid w:val="00274F9F"/>
+    <w:rsid w:val="00275704"/>
+    <w:rsid w:val="00281D5F"/>
+    <w:rsid w:val="00282DE8"/>
+    <w:rsid w:val="00283010"/>
+    <w:rsid w:val="00285D8B"/>
+    <w:rsid w:val="00287C01"/>
+    <w:rsid w:val="002904BF"/>
+    <w:rsid w:val="00291EFC"/>
+    <w:rsid w:val="00291FBC"/>
+    <w:rsid w:val="0029401F"/>
+    <w:rsid w:val="002947AF"/>
+    <w:rsid w:val="00294A48"/>
+    <w:rsid w:val="00295E7B"/>
+    <w:rsid w:val="00297003"/>
+    <w:rsid w:val="002A07EE"/>
+    <w:rsid w:val="002A0A80"/>
+    <w:rsid w:val="002A1B97"/>
+    <w:rsid w:val="002A3AD0"/>
+    <w:rsid w:val="002A5578"/>
+    <w:rsid w:val="002A5ACE"/>
+    <w:rsid w:val="002A67D8"/>
+    <w:rsid w:val="002A6F3F"/>
+    <w:rsid w:val="002A73C3"/>
+    <w:rsid w:val="002A745E"/>
+    <w:rsid w:val="002A7782"/>
+    <w:rsid w:val="002A7A47"/>
+    <w:rsid w:val="002B0A37"/>
+    <w:rsid w:val="002B169E"/>
+    <w:rsid w:val="002B1C49"/>
+    <w:rsid w:val="002B6056"/>
+    <w:rsid w:val="002B6112"/>
+    <w:rsid w:val="002B7035"/>
+    <w:rsid w:val="002C0DB8"/>
+    <w:rsid w:val="002C0E0D"/>
+    <w:rsid w:val="002C1CCF"/>
+    <w:rsid w:val="002C3C9B"/>
+    <w:rsid w:val="002C423C"/>
+    <w:rsid w:val="002C6C02"/>
+    <w:rsid w:val="002C78EC"/>
+    <w:rsid w:val="002D4176"/>
+    <w:rsid w:val="002D432F"/>
+    <w:rsid w:val="002D5EE2"/>
+    <w:rsid w:val="002D5FC4"/>
+    <w:rsid w:val="002D6067"/>
+    <w:rsid w:val="002D64AE"/>
+    <w:rsid w:val="002D67BD"/>
+    <w:rsid w:val="002D7184"/>
+    <w:rsid w:val="002E1BA6"/>
+    <w:rsid w:val="002E1BEB"/>
+    <w:rsid w:val="002E3BFE"/>
+    <w:rsid w:val="002E3FA7"/>
+    <w:rsid w:val="002E4284"/>
+    <w:rsid w:val="002E466D"/>
+    <w:rsid w:val="002E5BED"/>
+    <w:rsid w:val="002F060A"/>
+    <w:rsid w:val="002F09A9"/>
+    <w:rsid w:val="002F0B30"/>
+    <w:rsid w:val="002F12FD"/>
+    <w:rsid w:val="002F2A65"/>
+    <w:rsid w:val="002F4DA3"/>
+    <w:rsid w:val="002F4F12"/>
+    <w:rsid w:val="002F74D8"/>
+    <w:rsid w:val="002F7A2F"/>
+    <w:rsid w:val="002F7A5A"/>
+    <w:rsid w:val="002F7E41"/>
+    <w:rsid w:val="00300E37"/>
+    <w:rsid w:val="003021A1"/>
+    <w:rsid w:val="00302C26"/>
+    <w:rsid w:val="003032C4"/>
+    <w:rsid w:val="00303BAA"/>
+    <w:rsid w:val="0030460B"/>
+    <w:rsid w:val="00304679"/>
+    <w:rsid w:val="00306036"/>
+    <w:rsid w:val="00306AB3"/>
+    <w:rsid w:val="00310608"/>
+    <w:rsid w:val="00310D63"/>
+    <w:rsid w:val="00310EDC"/>
+    <w:rsid w:val="00312933"/>
+    <w:rsid w:val="00313713"/>
+    <w:rsid w:val="003148F6"/>
+    <w:rsid w:val="0031512C"/>
+    <w:rsid w:val="003155DE"/>
+    <w:rsid w:val="003164BD"/>
+    <w:rsid w:val="0031660A"/>
+    <w:rsid w:val="00322E5F"/>
+    <w:rsid w:val="00323CCF"/>
+    <w:rsid w:val="0032581F"/>
+    <w:rsid w:val="00326AC1"/>
+    <w:rsid w:val="0032796C"/>
+    <w:rsid w:val="0033001E"/>
+    <w:rsid w:val="00330C4F"/>
+    <w:rsid w:val="00330ECD"/>
     <w:rsid w:val="00334352"/>
-    <w:rsid w:val="003343ED"/>
-[...304 lines deleted...]
-    <w:rsid w:val="004333EE"/>
+    <w:rsid w:val="003347E0"/>
+    <w:rsid w:val="00337330"/>
+    <w:rsid w:val="00340E01"/>
+    <w:rsid w:val="00341E33"/>
+    <w:rsid w:val="00342100"/>
+    <w:rsid w:val="003452FA"/>
+    <w:rsid w:val="00346D16"/>
+    <w:rsid w:val="00347A94"/>
+    <w:rsid w:val="0035142B"/>
+    <w:rsid w:val="00351F41"/>
+    <w:rsid w:val="00351FF8"/>
+    <w:rsid w:val="00352146"/>
+    <w:rsid w:val="00353C0D"/>
+    <w:rsid w:val="00353EEA"/>
+    <w:rsid w:val="00354C92"/>
+    <w:rsid w:val="00356434"/>
+    <w:rsid w:val="003565B4"/>
+    <w:rsid w:val="003617E1"/>
+    <w:rsid w:val="00361A28"/>
+    <w:rsid w:val="00361D1C"/>
+    <w:rsid w:val="00363985"/>
+    <w:rsid w:val="00364F46"/>
+    <w:rsid w:val="00365A78"/>
+    <w:rsid w:val="00366130"/>
+    <w:rsid w:val="00366DE0"/>
+    <w:rsid w:val="00367B4F"/>
+    <w:rsid w:val="00370140"/>
+    <w:rsid w:val="003711E2"/>
+    <w:rsid w:val="00375A81"/>
+    <w:rsid w:val="00376F3A"/>
+    <w:rsid w:val="00377341"/>
+    <w:rsid w:val="003817CA"/>
+    <w:rsid w:val="00381830"/>
+    <w:rsid w:val="00382A9B"/>
+    <w:rsid w:val="00384AD6"/>
+    <w:rsid w:val="003927E8"/>
+    <w:rsid w:val="00394249"/>
+    <w:rsid w:val="00394D04"/>
+    <w:rsid w:val="00396EEB"/>
+    <w:rsid w:val="003974C7"/>
+    <w:rsid w:val="0039752B"/>
+    <w:rsid w:val="003A0C38"/>
+    <w:rsid w:val="003A20D4"/>
+    <w:rsid w:val="003A3E32"/>
+    <w:rsid w:val="003A40B7"/>
+    <w:rsid w:val="003A446D"/>
+    <w:rsid w:val="003A6D9D"/>
+    <w:rsid w:val="003A7D83"/>
+    <w:rsid w:val="003B00BA"/>
+    <w:rsid w:val="003B0978"/>
+    <w:rsid w:val="003B2277"/>
+    <w:rsid w:val="003B2448"/>
+    <w:rsid w:val="003B352A"/>
+    <w:rsid w:val="003B37CC"/>
+    <w:rsid w:val="003B50FB"/>
+    <w:rsid w:val="003B52D9"/>
+    <w:rsid w:val="003C065C"/>
+    <w:rsid w:val="003C37ED"/>
+    <w:rsid w:val="003C3F7A"/>
+    <w:rsid w:val="003C46CE"/>
+    <w:rsid w:val="003C4F9F"/>
+    <w:rsid w:val="003C7E4C"/>
+    <w:rsid w:val="003D14FB"/>
+    <w:rsid w:val="003D2CB5"/>
+    <w:rsid w:val="003D2F05"/>
+    <w:rsid w:val="003D43A5"/>
+    <w:rsid w:val="003D48F0"/>
+    <w:rsid w:val="003D5D0E"/>
+    <w:rsid w:val="003D7212"/>
+    <w:rsid w:val="003E06EE"/>
+    <w:rsid w:val="003E0A82"/>
+    <w:rsid w:val="003E1380"/>
+    <w:rsid w:val="003E2B2A"/>
+    <w:rsid w:val="003E323D"/>
+    <w:rsid w:val="003E5316"/>
+    <w:rsid w:val="003E56A5"/>
+    <w:rsid w:val="003F0B25"/>
+    <w:rsid w:val="003F25ED"/>
+    <w:rsid w:val="003F405E"/>
+    <w:rsid w:val="003F4E45"/>
+    <w:rsid w:val="003F6499"/>
+    <w:rsid w:val="0040156E"/>
+    <w:rsid w:val="0040443A"/>
+    <w:rsid w:val="00405DA7"/>
+    <w:rsid w:val="0040615F"/>
+    <w:rsid w:val="004100B8"/>
+    <w:rsid w:val="00412401"/>
+    <w:rsid w:val="004133D0"/>
+    <w:rsid w:val="00413AF5"/>
+    <w:rsid w:val="00413B9F"/>
+    <w:rsid w:val="00413DA9"/>
+    <w:rsid w:val="00416889"/>
+    <w:rsid w:val="004177C8"/>
+    <w:rsid w:val="00422A46"/>
+    <w:rsid w:val="0042320E"/>
+    <w:rsid w:val="00423642"/>
+    <w:rsid w:val="004251C1"/>
+    <w:rsid w:val="0042739D"/>
+    <w:rsid w:val="00427800"/>
+    <w:rsid w:val="00427BCC"/>
+    <w:rsid w:val="0043145B"/>
+    <w:rsid w:val="00432580"/>
     <w:rsid w:val="00433FCA"/>
-    <w:rsid w:val="00434662"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00444486"/>
+    <w:rsid w:val="0043538C"/>
+    <w:rsid w:val="00435A0E"/>
+    <w:rsid w:val="00443C1A"/>
+    <w:rsid w:val="00443FAB"/>
     <w:rsid w:val="004446F0"/>
-    <w:rsid w:val="0044534E"/>
-[...298 lines deleted...]
-    <w:rsid w:val="005464AA"/>
+    <w:rsid w:val="0044478A"/>
+    <w:rsid w:val="004448D5"/>
+    <w:rsid w:val="00444DA7"/>
+    <w:rsid w:val="00445663"/>
+    <w:rsid w:val="0044612A"/>
+    <w:rsid w:val="00446F6F"/>
+    <w:rsid w:val="00451346"/>
+    <w:rsid w:val="00451A84"/>
+    <w:rsid w:val="00453DFC"/>
+    <w:rsid w:val="004551B7"/>
+    <w:rsid w:val="00455435"/>
+    <w:rsid w:val="0045715A"/>
+    <w:rsid w:val="004622D1"/>
+    <w:rsid w:val="00463AC1"/>
+    <w:rsid w:val="0046623B"/>
+    <w:rsid w:val="0046649D"/>
+    <w:rsid w:val="0047034D"/>
+    <w:rsid w:val="004712F2"/>
+    <w:rsid w:val="00473CC3"/>
+    <w:rsid w:val="00473F3E"/>
+    <w:rsid w:val="004807FD"/>
+    <w:rsid w:val="00480AAA"/>
+    <w:rsid w:val="00481E15"/>
+    <w:rsid w:val="00484A50"/>
+    <w:rsid w:val="00485F32"/>
+    <w:rsid w:val="004871BA"/>
+    <w:rsid w:val="00491C31"/>
+    <w:rsid w:val="0049385B"/>
+    <w:rsid w:val="00494198"/>
+    <w:rsid w:val="0049474E"/>
+    <w:rsid w:val="004974DE"/>
+    <w:rsid w:val="004977F0"/>
+    <w:rsid w:val="004A00AA"/>
+    <w:rsid w:val="004A2662"/>
+    <w:rsid w:val="004A67AA"/>
+    <w:rsid w:val="004A6834"/>
+    <w:rsid w:val="004B1226"/>
+    <w:rsid w:val="004B143B"/>
+    <w:rsid w:val="004B1676"/>
+    <w:rsid w:val="004B3749"/>
+    <w:rsid w:val="004B375F"/>
+    <w:rsid w:val="004C1E60"/>
+    <w:rsid w:val="004C4B9D"/>
+    <w:rsid w:val="004C4C33"/>
+    <w:rsid w:val="004D05CE"/>
+    <w:rsid w:val="004D14FE"/>
+    <w:rsid w:val="004D2334"/>
+    <w:rsid w:val="004D385C"/>
+    <w:rsid w:val="004E32DC"/>
+    <w:rsid w:val="004E4F03"/>
+    <w:rsid w:val="004E59AB"/>
+    <w:rsid w:val="004E6F9A"/>
+    <w:rsid w:val="004F107E"/>
+    <w:rsid w:val="004F2310"/>
+    <w:rsid w:val="004F27AE"/>
+    <w:rsid w:val="004F3396"/>
+    <w:rsid w:val="004F3C71"/>
+    <w:rsid w:val="004F4526"/>
+    <w:rsid w:val="004F6427"/>
+    <w:rsid w:val="004F6F5D"/>
+    <w:rsid w:val="004F789D"/>
+    <w:rsid w:val="00501848"/>
+    <w:rsid w:val="00501DC3"/>
+    <w:rsid w:val="0050337D"/>
+    <w:rsid w:val="00503F3F"/>
+    <w:rsid w:val="0050420A"/>
+    <w:rsid w:val="00505BB8"/>
+    <w:rsid w:val="005062D4"/>
+    <w:rsid w:val="005071A1"/>
+    <w:rsid w:val="005126D5"/>
+    <w:rsid w:val="00514378"/>
+    <w:rsid w:val="00514984"/>
+    <w:rsid w:val="005174BE"/>
+    <w:rsid w:val="00521549"/>
+    <w:rsid w:val="00521F4F"/>
+    <w:rsid w:val="005234AF"/>
+    <w:rsid w:val="0052404E"/>
+    <w:rsid w:val="005245EE"/>
+    <w:rsid w:val="005279E3"/>
+    <w:rsid w:val="00530359"/>
+    <w:rsid w:val="00531213"/>
+    <w:rsid w:val="005324B8"/>
+    <w:rsid w:val="00535651"/>
+    <w:rsid w:val="00535994"/>
+    <w:rsid w:val="00535FD1"/>
+    <w:rsid w:val="005366B0"/>
+    <w:rsid w:val="005374AD"/>
+    <w:rsid w:val="0053778E"/>
+    <w:rsid w:val="00540DC6"/>
+    <w:rsid w:val="00542D8E"/>
+    <w:rsid w:val="005439D4"/>
+    <w:rsid w:val="00543CFC"/>
     <w:rsid w:val="005464F6"/>
-    <w:rsid w:val="0054697C"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00554655"/>
+    <w:rsid w:val="00546540"/>
+    <w:rsid w:val="0054759A"/>
+    <w:rsid w:val="00550DC0"/>
+    <w:rsid w:val="0055247C"/>
+    <w:rsid w:val="00552B1C"/>
+    <w:rsid w:val="005535B6"/>
+    <w:rsid w:val="00553AA1"/>
+    <w:rsid w:val="0055431D"/>
     <w:rsid w:val="005546BE"/>
-    <w:rsid w:val="005549A2"/>
-[...65 lines deleted...]
-    <w:rsid w:val="005870AE"/>
+    <w:rsid w:val="00556B02"/>
+    <w:rsid w:val="00557AA4"/>
+    <w:rsid w:val="005620C1"/>
+    <w:rsid w:val="0056289A"/>
+    <w:rsid w:val="005643B1"/>
+    <w:rsid w:val="00566C84"/>
+    <w:rsid w:val="00566E04"/>
+    <w:rsid w:val="00571260"/>
+    <w:rsid w:val="005726E2"/>
+    <w:rsid w:val="00572C78"/>
+    <w:rsid w:val="005730E2"/>
+    <w:rsid w:val="005735B5"/>
+    <w:rsid w:val="00573E6C"/>
+    <w:rsid w:val="005740BC"/>
+    <w:rsid w:val="00574DA7"/>
+    <w:rsid w:val="00574FC8"/>
+    <w:rsid w:val="00576E76"/>
+    <w:rsid w:val="00577226"/>
+    <w:rsid w:val="0057770F"/>
+    <w:rsid w:val="00577762"/>
+    <w:rsid w:val="0058124A"/>
+    <w:rsid w:val="005814AE"/>
+    <w:rsid w:val="005842C2"/>
+    <w:rsid w:val="005844EE"/>
+    <w:rsid w:val="005861F6"/>
+    <w:rsid w:val="005868B3"/>
     <w:rsid w:val="005874A8"/>
-    <w:rsid w:val="005876FB"/>
-[...21 lines deleted...]
-    <w:rsid w:val="005A0CC8"/>
+    <w:rsid w:val="00590BE3"/>
+    <w:rsid w:val="0059103B"/>
+    <w:rsid w:val="005914B3"/>
+    <w:rsid w:val="00592184"/>
+    <w:rsid w:val="00594CE9"/>
+    <w:rsid w:val="005958E2"/>
+    <w:rsid w:val="0059592F"/>
+    <w:rsid w:val="00595B72"/>
+    <w:rsid w:val="005969EA"/>
+    <w:rsid w:val="00596AF4"/>
     <w:rsid w:val="005A1002"/>
-    <w:rsid w:val="005A10B6"/>
-[...76 lines deleted...]
-    <w:rsid w:val="005E0529"/>
+    <w:rsid w:val="005A1AC5"/>
+    <w:rsid w:val="005A2E6C"/>
+    <w:rsid w:val="005A4B5A"/>
+    <w:rsid w:val="005A4D23"/>
+    <w:rsid w:val="005A7F7A"/>
+    <w:rsid w:val="005A7F9A"/>
+    <w:rsid w:val="005B0158"/>
+    <w:rsid w:val="005B03FD"/>
+    <w:rsid w:val="005B1449"/>
+    <w:rsid w:val="005B1D0F"/>
+    <w:rsid w:val="005B2A9E"/>
+    <w:rsid w:val="005B4438"/>
+    <w:rsid w:val="005B45E5"/>
+    <w:rsid w:val="005B4655"/>
+    <w:rsid w:val="005B67EA"/>
+    <w:rsid w:val="005B6939"/>
+    <w:rsid w:val="005C0F02"/>
+    <w:rsid w:val="005C1693"/>
+    <w:rsid w:val="005C3571"/>
+    <w:rsid w:val="005C5FDA"/>
+    <w:rsid w:val="005C664A"/>
+    <w:rsid w:val="005C7609"/>
+    <w:rsid w:val="005D3959"/>
+    <w:rsid w:val="005D493B"/>
+    <w:rsid w:val="005D4B12"/>
+    <w:rsid w:val="005D59C3"/>
+    <w:rsid w:val="005D5BA7"/>
+    <w:rsid w:val="005E0440"/>
     <w:rsid w:val="005E05B9"/>
-    <w:rsid w:val="005E082D"/>
-[...6 lines deleted...]
-    <w:rsid w:val="005E3C40"/>
+    <w:rsid w:val="005E0B91"/>
     <w:rsid w:val="005E3FBD"/>
-    <w:rsid w:val="005E4163"/>
-[...100 lines deleted...]
-    <w:rsid w:val="00650B87"/>
+    <w:rsid w:val="005E4314"/>
+    <w:rsid w:val="005E7D66"/>
+    <w:rsid w:val="005F0E66"/>
+    <w:rsid w:val="005F2731"/>
+    <w:rsid w:val="005F2DF4"/>
+    <w:rsid w:val="005F3A44"/>
+    <w:rsid w:val="005F4CBA"/>
+    <w:rsid w:val="005F4DBF"/>
+    <w:rsid w:val="005F500B"/>
+    <w:rsid w:val="005F5CA8"/>
+    <w:rsid w:val="005F6652"/>
+    <w:rsid w:val="005F7CFF"/>
+    <w:rsid w:val="005F7F3D"/>
+    <w:rsid w:val="00603B66"/>
+    <w:rsid w:val="006040EA"/>
+    <w:rsid w:val="006048DA"/>
+    <w:rsid w:val="0060493B"/>
+    <w:rsid w:val="00610241"/>
+    <w:rsid w:val="00611151"/>
+    <w:rsid w:val="006139C9"/>
+    <w:rsid w:val="00617938"/>
+    <w:rsid w:val="00617C98"/>
+    <w:rsid w:val="00620414"/>
+    <w:rsid w:val="0062114D"/>
+    <w:rsid w:val="006240C3"/>
+    <w:rsid w:val="0062582E"/>
+    <w:rsid w:val="00626240"/>
+    <w:rsid w:val="00626DB0"/>
+    <w:rsid w:val="00627298"/>
+    <w:rsid w:val="00627A32"/>
+    <w:rsid w:val="0063085E"/>
+    <w:rsid w:val="00630E6F"/>
+    <w:rsid w:val="00631676"/>
+    <w:rsid w:val="0063182E"/>
+    <w:rsid w:val="006321F1"/>
+    <w:rsid w:val="006323D9"/>
+    <w:rsid w:val="00634810"/>
+    <w:rsid w:val="00636DBC"/>
+    <w:rsid w:val="00636F65"/>
+    <w:rsid w:val="00637B42"/>
+    <w:rsid w:val="00637EBC"/>
+    <w:rsid w:val="00640D21"/>
+    <w:rsid w:val="00641482"/>
+    <w:rsid w:val="00641CF6"/>
+    <w:rsid w:val="00642BAB"/>
+    <w:rsid w:val="00644F77"/>
+    <w:rsid w:val="00646571"/>
+    <w:rsid w:val="00646854"/>
+    <w:rsid w:val="006505FC"/>
     <w:rsid w:val="00650BE3"/>
-    <w:rsid w:val="0065109B"/>
-[...95 lines deleted...]
-    <w:rsid w:val="006A7B47"/>
+    <w:rsid w:val="00651E88"/>
+    <w:rsid w:val="006524EB"/>
+    <w:rsid w:val="00652F60"/>
+    <w:rsid w:val="00654BA1"/>
+    <w:rsid w:val="0065793A"/>
+    <w:rsid w:val="006608F0"/>
+    <w:rsid w:val="00661505"/>
+    <w:rsid w:val="006615EC"/>
+    <w:rsid w:val="00661F14"/>
+    <w:rsid w:val="006621DD"/>
+    <w:rsid w:val="00662F2C"/>
+    <w:rsid w:val="006634DB"/>
+    <w:rsid w:val="00664470"/>
+    <w:rsid w:val="00666F49"/>
+    <w:rsid w:val="00667E95"/>
+    <w:rsid w:val="006707C9"/>
+    <w:rsid w:val="00671347"/>
+    <w:rsid w:val="00672110"/>
+    <w:rsid w:val="00672B1D"/>
+    <w:rsid w:val="00672D5A"/>
+    <w:rsid w:val="006762A6"/>
+    <w:rsid w:val="00676723"/>
+    <w:rsid w:val="0068074A"/>
+    <w:rsid w:val="00680AA3"/>
+    <w:rsid w:val="00683B1E"/>
+    <w:rsid w:val="0068597C"/>
+    <w:rsid w:val="00687A64"/>
+    <w:rsid w:val="006906B5"/>
+    <w:rsid w:val="006909BA"/>
+    <w:rsid w:val="00691A2A"/>
+    <w:rsid w:val="00691B79"/>
+    <w:rsid w:val="00691DC6"/>
+    <w:rsid w:val="00694034"/>
+    <w:rsid w:val="00695132"/>
+    <w:rsid w:val="00696387"/>
+    <w:rsid w:val="0069712B"/>
+    <w:rsid w:val="0069775F"/>
+    <w:rsid w:val="00697D5C"/>
+    <w:rsid w:val="006A6AA6"/>
     <w:rsid w:val="006A7E51"/>
-    <w:rsid w:val="006B1ED8"/>
-[...52 lines deleted...]
-    <w:rsid w:val="006D719E"/>
+    <w:rsid w:val="006A7E87"/>
+    <w:rsid w:val="006B1034"/>
+    <w:rsid w:val="006B1328"/>
+    <w:rsid w:val="006B2A9F"/>
+    <w:rsid w:val="006B3A65"/>
+    <w:rsid w:val="006B4E07"/>
+    <w:rsid w:val="006B57C8"/>
+    <w:rsid w:val="006B6710"/>
+    <w:rsid w:val="006B7195"/>
+    <w:rsid w:val="006B7C04"/>
+    <w:rsid w:val="006C10EB"/>
+    <w:rsid w:val="006C2BB6"/>
+    <w:rsid w:val="006C489D"/>
+    <w:rsid w:val="006C496B"/>
+    <w:rsid w:val="006C6C19"/>
+    <w:rsid w:val="006C6CBC"/>
+    <w:rsid w:val="006C735F"/>
+    <w:rsid w:val="006D0BAB"/>
+    <w:rsid w:val="006D173E"/>
+    <w:rsid w:val="006D20EB"/>
+    <w:rsid w:val="006D2207"/>
+    <w:rsid w:val="006D31C5"/>
+    <w:rsid w:val="006D3288"/>
+    <w:rsid w:val="006D4B11"/>
+    <w:rsid w:val="006D5D29"/>
+    <w:rsid w:val="006D5F7E"/>
+    <w:rsid w:val="006D7316"/>
+    <w:rsid w:val="006D73D3"/>
     <w:rsid w:val="006D7E78"/>
-    <w:rsid w:val="006D7FAE"/>
-[...252 lines deleted...]
-    <w:rsid w:val="007C13A8"/>
+    <w:rsid w:val="006E27D7"/>
+    <w:rsid w:val="006E5A6D"/>
+    <w:rsid w:val="006E6147"/>
+    <w:rsid w:val="006F0F99"/>
+    <w:rsid w:val="006F2330"/>
+    <w:rsid w:val="006F34C8"/>
+    <w:rsid w:val="006F3CAA"/>
+    <w:rsid w:val="006F41CC"/>
+    <w:rsid w:val="006F57C3"/>
+    <w:rsid w:val="006F590A"/>
+    <w:rsid w:val="006F5CD9"/>
+    <w:rsid w:val="006F6A68"/>
+    <w:rsid w:val="006F6E31"/>
+    <w:rsid w:val="006F71F5"/>
+    <w:rsid w:val="00700CA4"/>
+    <w:rsid w:val="007024AE"/>
+    <w:rsid w:val="00702FCF"/>
+    <w:rsid w:val="00703823"/>
+    <w:rsid w:val="0070420E"/>
+    <w:rsid w:val="00710887"/>
+    <w:rsid w:val="00712337"/>
+    <w:rsid w:val="00713B89"/>
+    <w:rsid w:val="00715694"/>
+    <w:rsid w:val="007218AB"/>
+    <w:rsid w:val="00722A4D"/>
+    <w:rsid w:val="007235E9"/>
+    <w:rsid w:val="00724BD4"/>
+    <w:rsid w:val="00724E01"/>
+    <w:rsid w:val="007263C8"/>
+    <w:rsid w:val="00727041"/>
+    <w:rsid w:val="007308C8"/>
+    <w:rsid w:val="00731FC9"/>
+    <w:rsid w:val="007325F1"/>
+    <w:rsid w:val="0073284C"/>
+    <w:rsid w:val="0073483F"/>
+    <w:rsid w:val="00735228"/>
+    <w:rsid w:val="007361E1"/>
+    <w:rsid w:val="0073730E"/>
+    <w:rsid w:val="0074374B"/>
+    <w:rsid w:val="00745DE0"/>
+    <w:rsid w:val="00746335"/>
+    <w:rsid w:val="007463F9"/>
+    <w:rsid w:val="00746845"/>
+    <w:rsid w:val="00751579"/>
+    <w:rsid w:val="00753011"/>
+    <w:rsid w:val="007531FD"/>
+    <w:rsid w:val="00754699"/>
+    <w:rsid w:val="00754942"/>
+    <w:rsid w:val="00754EBF"/>
+    <w:rsid w:val="00755B42"/>
+    <w:rsid w:val="00755F37"/>
+    <w:rsid w:val="00756D59"/>
+    <w:rsid w:val="00757259"/>
+    <w:rsid w:val="0076083C"/>
+    <w:rsid w:val="00760F63"/>
+    <w:rsid w:val="007612C8"/>
+    <w:rsid w:val="00761BE9"/>
+    <w:rsid w:val="00762489"/>
+    <w:rsid w:val="0076391F"/>
+    <w:rsid w:val="007639B5"/>
+    <w:rsid w:val="00765F25"/>
+    <w:rsid w:val="00770A33"/>
+    <w:rsid w:val="00770CFE"/>
+    <w:rsid w:val="00770D87"/>
+    <w:rsid w:val="00771286"/>
+    <w:rsid w:val="007761FC"/>
+    <w:rsid w:val="0077653F"/>
+    <w:rsid w:val="00780734"/>
+    <w:rsid w:val="007811D0"/>
+    <w:rsid w:val="0078174E"/>
+    <w:rsid w:val="00781FD6"/>
+    <w:rsid w:val="00783798"/>
+    <w:rsid w:val="00784235"/>
+    <w:rsid w:val="00785C58"/>
+    <w:rsid w:val="007869B0"/>
+    <w:rsid w:val="00786D47"/>
+    <w:rsid w:val="00787DC4"/>
+    <w:rsid w:val="00793719"/>
+    <w:rsid w:val="007942C0"/>
+    <w:rsid w:val="007943EA"/>
+    <w:rsid w:val="00794888"/>
+    <w:rsid w:val="00794C19"/>
+    <w:rsid w:val="00795E65"/>
+    <w:rsid w:val="007A03DE"/>
+    <w:rsid w:val="007A072C"/>
+    <w:rsid w:val="007A17D2"/>
+    <w:rsid w:val="007A34BC"/>
+    <w:rsid w:val="007A7B54"/>
+    <w:rsid w:val="007A7DB0"/>
+    <w:rsid w:val="007B109C"/>
+    <w:rsid w:val="007B264A"/>
+    <w:rsid w:val="007B2F34"/>
+    <w:rsid w:val="007B3BB1"/>
+    <w:rsid w:val="007B7BF9"/>
     <w:rsid w:val="007C1B75"/>
-    <w:rsid w:val="007C2423"/>
-[...31 lines deleted...]
-    <w:rsid w:val="007D7EE2"/>
+    <w:rsid w:val="007C1FC2"/>
+    <w:rsid w:val="007C2D0B"/>
+    <w:rsid w:val="007C3C97"/>
+    <w:rsid w:val="007C4C0F"/>
+    <w:rsid w:val="007C6657"/>
+    <w:rsid w:val="007C6C31"/>
+    <w:rsid w:val="007C6CEE"/>
+    <w:rsid w:val="007C6EDB"/>
+    <w:rsid w:val="007C7BBD"/>
+    <w:rsid w:val="007D25B6"/>
+    <w:rsid w:val="007D3FB3"/>
+    <w:rsid w:val="007D5006"/>
+    <w:rsid w:val="007D53C1"/>
+    <w:rsid w:val="007D652F"/>
+    <w:rsid w:val="007D71DC"/>
+    <w:rsid w:val="007D789A"/>
     <w:rsid w:val="007E0365"/>
-    <w:rsid w:val="007E1911"/>
-[...264 lines deleted...]
-    <w:rsid w:val="008C650F"/>
+    <w:rsid w:val="007E2415"/>
+    <w:rsid w:val="007E3198"/>
+    <w:rsid w:val="007E348A"/>
+    <w:rsid w:val="007E4CF8"/>
+    <w:rsid w:val="007E5A73"/>
+    <w:rsid w:val="007E6575"/>
+    <w:rsid w:val="007E6CEC"/>
+    <w:rsid w:val="007E79BD"/>
+    <w:rsid w:val="007E7A85"/>
+    <w:rsid w:val="007F034B"/>
+    <w:rsid w:val="007F0669"/>
+    <w:rsid w:val="007F43CB"/>
+    <w:rsid w:val="007F6140"/>
+    <w:rsid w:val="007F6A85"/>
+    <w:rsid w:val="007F6D44"/>
+    <w:rsid w:val="007F7155"/>
+    <w:rsid w:val="007F71D1"/>
+    <w:rsid w:val="0080081C"/>
+    <w:rsid w:val="0080174C"/>
+    <w:rsid w:val="00801BA4"/>
+    <w:rsid w:val="008032AC"/>
+    <w:rsid w:val="00807892"/>
+    <w:rsid w:val="00807B82"/>
+    <w:rsid w:val="00811849"/>
+    <w:rsid w:val="0081416D"/>
+    <w:rsid w:val="0081729B"/>
+    <w:rsid w:val="0082131A"/>
+    <w:rsid w:val="00822C04"/>
+    <w:rsid w:val="00823314"/>
+    <w:rsid w:val="00823CC4"/>
+    <w:rsid w:val="00826685"/>
+    <w:rsid w:val="00826A9D"/>
+    <w:rsid w:val="008302E9"/>
+    <w:rsid w:val="00830D63"/>
+    <w:rsid w:val="00831393"/>
+    <w:rsid w:val="00832161"/>
+    <w:rsid w:val="00833BAC"/>
+    <w:rsid w:val="008343EC"/>
+    <w:rsid w:val="00836D22"/>
+    <w:rsid w:val="0084013A"/>
+    <w:rsid w:val="00843415"/>
+    <w:rsid w:val="00843F5F"/>
+    <w:rsid w:val="00852519"/>
+    <w:rsid w:val="00852601"/>
+    <w:rsid w:val="00852674"/>
+    <w:rsid w:val="00853BAD"/>
+    <w:rsid w:val="0085411F"/>
+    <w:rsid w:val="0085535D"/>
+    <w:rsid w:val="00856881"/>
+    <w:rsid w:val="00856C33"/>
+    <w:rsid w:val="00856CDC"/>
+    <w:rsid w:val="008608D6"/>
+    <w:rsid w:val="008623B6"/>
+    <w:rsid w:val="0086363D"/>
+    <w:rsid w:val="00864AC7"/>
+    <w:rsid w:val="00867737"/>
+    <w:rsid w:val="008679C1"/>
+    <w:rsid w:val="008703CA"/>
+    <w:rsid w:val="00870EE7"/>
+    <w:rsid w:val="00871A80"/>
+    <w:rsid w:val="00871CF9"/>
+    <w:rsid w:val="0087206A"/>
+    <w:rsid w:val="00874901"/>
+    <w:rsid w:val="00874A7F"/>
+    <w:rsid w:val="0087509C"/>
+    <w:rsid w:val="00875A4E"/>
+    <w:rsid w:val="0088028A"/>
+    <w:rsid w:val="00880F8A"/>
+    <w:rsid w:val="008825BD"/>
+    <w:rsid w:val="00882875"/>
+    <w:rsid w:val="00883B97"/>
+    <w:rsid w:val="008843E9"/>
+    <w:rsid w:val="008858CC"/>
+    <w:rsid w:val="0088603C"/>
+    <w:rsid w:val="00886A16"/>
+    <w:rsid w:val="00890164"/>
+    <w:rsid w:val="008901C3"/>
+    <w:rsid w:val="00893518"/>
+    <w:rsid w:val="00895DB6"/>
+    <w:rsid w:val="008A0DD9"/>
+    <w:rsid w:val="008A1B43"/>
+    <w:rsid w:val="008A358D"/>
+    <w:rsid w:val="008A42EC"/>
+    <w:rsid w:val="008A4460"/>
+    <w:rsid w:val="008A7AFE"/>
+    <w:rsid w:val="008B1D4E"/>
+    <w:rsid w:val="008B219F"/>
+    <w:rsid w:val="008B2F5B"/>
+    <w:rsid w:val="008B2F90"/>
+    <w:rsid w:val="008B4E20"/>
+    <w:rsid w:val="008B5009"/>
+    <w:rsid w:val="008B55A5"/>
+    <w:rsid w:val="008B6B6E"/>
+    <w:rsid w:val="008B7711"/>
+    <w:rsid w:val="008C0616"/>
+    <w:rsid w:val="008C1D82"/>
+    <w:rsid w:val="008C2489"/>
+    <w:rsid w:val="008C4D00"/>
     <w:rsid w:val="008C6575"/>
-    <w:rsid w:val="008C6B70"/>
-[...45 lines deleted...]
-    <w:rsid w:val="008F4DAE"/>
+    <w:rsid w:val="008D0367"/>
+    <w:rsid w:val="008D0EC7"/>
+    <w:rsid w:val="008D4124"/>
+    <w:rsid w:val="008D4A1F"/>
+    <w:rsid w:val="008D4C17"/>
+    <w:rsid w:val="008D5445"/>
+    <w:rsid w:val="008D62D9"/>
+    <w:rsid w:val="008D7234"/>
+    <w:rsid w:val="008E048D"/>
+    <w:rsid w:val="008E14F7"/>
+    <w:rsid w:val="008E1E2E"/>
+    <w:rsid w:val="008E3762"/>
+    <w:rsid w:val="008E47B9"/>
+    <w:rsid w:val="008E55D8"/>
+    <w:rsid w:val="008E5825"/>
+    <w:rsid w:val="008E6333"/>
+    <w:rsid w:val="008E7C4E"/>
+    <w:rsid w:val="008F1180"/>
+    <w:rsid w:val="008F2E1F"/>
     <w:rsid w:val="008F50A6"/>
-    <w:rsid w:val="008F5374"/>
-[...36 lines deleted...]
-    <w:rsid w:val="00915ABC"/>
+    <w:rsid w:val="008F5526"/>
+    <w:rsid w:val="008F75F9"/>
+    <w:rsid w:val="008F7ED2"/>
+    <w:rsid w:val="008F7F27"/>
+    <w:rsid w:val="0090001D"/>
+    <w:rsid w:val="00900080"/>
+    <w:rsid w:val="00903816"/>
+    <w:rsid w:val="0090433D"/>
+    <w:rsid w:val="00904669"/>
+    <w:rsid w:val="00905816"/>
+    <w:rsid w:val="00907E3F"/>
+    <w:rsid w:val="00912572"/>
+    <w:rsid w:val="00912A6C"/>
+    <w:rsid w:val="0091309D"/>
+    <w:rsid w:val="009153FB"/>
     <w:rsid w:val="00916271"/>
-    <w:rsid w:val="0091698C"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00917A07"/>
+    <w:rsid w:val="009171F3"/>
+    <w:rsid w:val="009172AB"/>
+    <w:rsid w:val="00917CF0"/>
     <w:rsid w:val="00917EDD"/>
-    <w:rsid w:val="0092005F"/>
-[...132 lines deleted...]
-    <w:rsid w:val="00997E83"/>
+    <w:rsid w:val="00921AEE"/>
+    <w:rsid w:val="0092481B"/>
+    <w:rsid w:val="00924D8D"/>
+    <w:rsid w:val="00925649"/>
+    <w:rsid w:val="00926E3F"/>
+    <w:rsid w:val="0092760C"/>
+    <w:rsid w:val="009304DB"/>
+    <w:rsid w:val="0093189A"/>
+    <w:rsid w:val="0093388C"/>
+    <w:rsid w:val="0093449E"/>
+    <w:rsid w:val="00940103"/>
+    <w:rsid w:val="00941108"/>
+    <w:rsid w:val="00941E75"/>
+    <w:rsid w:val="009426EF"/>
+    <w:rsid w:val="009440CF"/>
+    <w:rsid w:val="009460F1"/>
+    <w:rsid w:val="009468F2"/>
+    <w:rsid w:val="009510E0"/>
+    <w:rsid w:val="0095184E"/>
+    <w:rsid w:val="00951FBB"/>
+    <w:rsid w:val="00952CAF"/>
+    <w:rsid w:val="00953023"/>
+    <w:rsid w:val="00953A48"/>
+    <w:rsid w:val="00953B94"/>
+    <w:rsid w:val="00957A6B"/>
+    <w:rsid w:val="00960047"/>
+    <w:rsid w:val="00961320"/>
+    <w:rsid w:val="0096251D"/>
+    <w:rsid w:val="0096473C"/>
+    <w:rsid w:val="00964CA9"/>
+    <w:rsid w:val="00965AB8"/>
+    <w:rsid w:val="00967854"/>
+    <w:rsid w:val="00970DD6"/>
+    <w:rsid w:val="00971098"/>
+    <w:rsid w:val="0097112B"/>
+    <w:rsid w:val="00971D1E"/>
+    <w:rsid w:val="00972BCB"/>
+    <w:rsid w:val="00973191"/>
+    <w:rsid w:val="00973E85"/>
+    <w:rsid w:val="00974340"/>
+    <w:rsid w:val="00975653"/>
+    <w:rsid w:val="0097566E"/>
+    <w:rsid w:val="00980330"/>
+    <w:rsid w:val="00982074"/>
+    <w:rsid w:val="0098291E"/>
+    <w:rsid w:val="00982D80"/>
+    <w:rsid w:val="009846B2"/>
+    <w:rsid w:val="00991E0D"/>
+    <w:rsid w:val="0099239B"/>
+    <w:rsid w:val="0099440D"/>
+    <w:rsid w:val="00994793"/>
+    <w:rsid w:val="00994E45"/>
     <w:rsid w:val="00997EE1"/>
-    <w:rsid w:val="009A0071"/>
-[...108 lines deleted...]
-    <w:rsid w:val="00A01A74"/>
+    <w:rsid w:val="009A1F69"/>
+    <w:rsid w:val="009A369C"/>
+    <w:rsid w:val="009A3F11"/>
+    <w:rsid w:val="009A4F41"/>
+    <w:rsid w:val="009A587D"/>
+    <w:rsid w:val="009A791C"/>
+    <w:rsid w:val="009A7B7B"/>
+    <w:rsid w:val="009B2088"/>
+    <w:rsid w:val="009B47FE"/>
+    <w:rsid w:val="009B4A50"/>
+    <w:rsid w:val="009B7869"/>
+    <w:rsid w:val="009C0E02"/>
+    <w:rsid w:val="009C3FCD"/>
+    <w:rsid w:val="009C43B1"/>
+    <w:rsid w:val="009C66A8"/>
+    <w:rsid w:val="009D0624"/>
+    <w:rsid w:val="009D096E"/>
+    <w:rsid w:val="009D21B5"/>
+    <w:rsid w:val="009D279B"/>
+    <w:rsid w:val="009D4DE8"/>
+    <w:rsid w:val="009D51BB"/>
+    <w:rsid w:val="009D7DCA"/>
+    <w:rsid w:val="009E05D4"/>
+    <w:rsid w:val="009E2FF1"/>
+    <w:rsid w:val="009E3D9B"/>
+    <w:rsid w:val="009E40F1"/>
+    <w:rsid w:val="009E4C43"/>
+    <w:rsid w:val="009E67CB"/>
+    <w:rsid w:val="009E695F"/>
+    <w:rsid w:val="009F2DE5"/>
+    <w:rsid w:val="009F418B"/>
+    <w:rsid w:val="009F429C"/>
+    <w:rsid w:val="009F59EE"/>
+    <w:rsid w:val="009F5A46"/>
+    <w:rsid w:val="009F61B5"/>
+    <w:rsid w:val="009F7176"/>
+    <w:rsid w:val="009F7715"/>
+    <w:rsid w:val="009F7BE6"/>
+    <w:rsid w:val="00A01958"/>
     <w:rsid w:val="00A0243B"/>
-    <w:rsid w:val="00A03B72"/>
-[...94 lines deleted...]
-    <w:rsid w:val="00A66C56"/>
+    <w:rsid w:val="00A033A8"/>
+    <w:rsid w:val="00A06652"/>
+    <w:rsid w:val="00A119CB"/>
+    <w:rsid w:val="00A12C80"/>
+    <w:rsid w:val="00A13262"/>
+    <w:rsid w:val="00A15083"/>
+    <w:rsid w:val="00A2083E"/>
+    <w:rsid w:val="00A23F93"/>
+    <w:rsid w:val="00A251B7"/>
+    <w:rsid w:val="00A25B25"/>
+    <w:rsid w:val="00A2616D"/>
+    <w:rsid w:val="00A262B2"/>
+    <w:rsid w:val="00A30088"/>
+    <w:rsid w:val="00A317E9"/>
+    <w:rsid w:val="00A32F16"/>
+    <w:rsid w:val="00A33820"/>
+    <w:rsid w:val="00A356F6"/>
+    <w:rsid w:val="00A44181"/>
+    <w:rsid w:val="00A449A7"/>
+    <w:rsid w:val="00A47E88"/>
+    <w:rsid w:val="00A50537"/>
+    <w:rsid w:val="00A50FF7"/>
+    <w:rsid w:val="00A51ED5"/>
+    <w:rsid w:val="00A540D8"/>
+    <w:rsid w:val="00A54938"/>
+    <w:rsid w:val="00A55FF4"/>
+    <w:rsid w:val="00A5681A"/>
+    <w:rsid w:val="00A609E2"/>
+    <w:rsid w:val="00A61B3D"/>
+    <w:rsid w:val="00A62B2F"/>
+    <w:rsid w:val="00A63E9F"/>
+    <w:rsid w:val="00A66263"/>
+    <w:rsid w:val="00A6634C"/>
+    <w:rsid w:val="00A66A58"/>
     <w:rsid w:val="00A67C26"/>
-    <w:rsid w:val="00A67D63"/>
-[...44 lines deleted...]
-    <w:rsid w:val="00A90A45"/>
+    <w:rsid w:val="00A70BFD"/>
+    <w:rsid w:val="00A71429"/>
+    <w:rsid w:val="00A716BB"/>
+    <w:rsid w:val="00A716DA"/>
+    <w:rsid w:val="00A71907"/>
+    <w:rsid w:val="00A7262E"/>
+    <w:rsid w:val="00A7652F"/>
+    <w:rsid w:val="00A77602"/>
+    <w:rsid w:val="00A77C37"/>
+    <w:rsid w:val="00A80D19"/>
+    <w:rsid w:val="00A82822"/>
+    <w:rsid w:val="00A87E4C"/>
+    <w:rsid w:val="00A9058B"/>
     <w:rsid w:val="00A91845"/>
-    <w:rsid w:val="00A91B30"/>
+    <w:rsid w:val="00A91B4B"/>
     <w:rsid w:val="00A920BE"/>
-    <w:rsid w:val="00A9356C"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00A96C8A"/>
+    <w:rsid w:val="00A94ECB"/>
+    <w:rsid w:val="00A96FE1"/>
     <w:rsid w:val="00A9782C"/>
-    <w:rsid w:val="00A97CB1"/>
-[...56 lines deleted...]
-    <w:rsid w:val="00AD1AFA"/>
+    <w:rsid w:val="00AA04A0"/>
+    <w:rsid w:val="00AA2310"/>
+    <w:rsid w:val="00AA2878"/>
+    <w:rsid w:val="00AB0DEF"/>
+    <w:rsid w:val="00AB26A8"/>
+    <w:rsid w:val="00AB3296"/>
+    <w:rsid w:val="00AB3C1B"/>
+    <w:rsid w:val="00AB5442"/>
+    <w:rsid w:val="00AB753F"/>
+    <w:rsid w:val="00AC0E9F"/>
+    <w:rsid w:val="00AC0F71"/>
+    <w:rsid w:val="00AC1AD3"/>
+    <w:rsid w:val="00AC2047"/>
+    <w:rsid w:val="00AC318C"/>
+    <w:rsid w:val="00AC3907"/>
+    <w:rsid w:val="00AC6EF8"/>
+    <w:rsid w:val="00AD0166"/>
+    <w:rsid w:val="00AD1BFC"/>
     <w:rsid w:val="00AD1D6A"/>
-    <w:rsid w:val="00AD1FE2"/>
-[...36 lines deleted...]
-    <w:rsid w:val="00AF6AC2"/>
+    <w:rsid w:val="00AD22EF"/>
+    <w:rsid w:val="00AD4420"/>
+    <w:rsid w:val="00AD5A4A"/>
+    <w:rsid w:val="00AD5A7B"/>
+    <w:rsid w:val="00AD758E"/>
+    <w:rsid w:val="00AD7BA1"/>
+    <w:rsid w:val="00AD7E83"/>
+    <w:rsid w:val="00AE00CB"/>
+    <w:rsid w:val="00AE0B76"/>
+    <w:rsid w:val="00AE2251"/>
+    <w:rsid w:val="00AE2314"/>
+    <w:rsid w:val="00AE2C0E"/>
+    <w:rsid w:val="00AE40FF"/>
+    <w:rsid w:val="00AE5CAD"/>
+    <w:rsid w:val="00AE60C3"/>
+    <w:rsid w:val="00AF0F80"/>
+    <w:rsid w:val="00AF26B6"/>
+    <w:rsid w:val="00AF2C7C"/>
+    <w:rsid w:val="00AF430E"/>
+    <w:rsid w:val="00AF44DF"/>
+    <w:rsid w:val="00AF6CCC"/>
     <w:rsid w:val="00AF6D4A"/>
-    <w:rsid w:val="00AF78BD"/>
-[...170 lines deleted...]
-    <w:rsid w:val="00B92850"/>
+    <w:rsid w:val="00AF6E9A"/>
+    <w:rsid w:val="00AF6F56"/>
+    <w:rsid w:val="00AF7B2A"/>
+    <w:rsid w:val="00B001E3"/>
+    <w:rsid w:val="00B00BFE"/>
+    <w:rsid w:val="00B01353"/>
+    <w:rsid w:val="00B01B38"/>
+    <w:rsid w:val="00B01CC3"/>
+    <w:rsid w:val="00B025D8"/>
+    <w:rsid w:val="00B03BD1"/>
+    <w:rsid w:val="00B04AD1"/>
+    <w:rsid w:val="00B06B2A"/>
+    <w:rsid w:val="00B11118"/>
+    <w:rsid w:val="00B11772"/>
+    <w:rsid w:val="00B11E4C"/>
+    <w:rsid w:val="00B121FB"/>
+    <w:rsid w:val="00B13651"/>
+    <w:rsid w:val="00B1443A"/>
+    <w:rsid w:val="00B1593F"/>
+    <w:rsid w:val="00B16740"/>
+    <w:rsid w:val="00B16D8C"/>
+    <w:rsid w:val="00B16E96"/>
+    <w:rsid w:val="00B22CFF"/>
+    <w:rsid w:val="00B22FF3"/>
+    <w:rsid w:val="00B24518"/>
+    <w:rsid w:val="00B24CF1"/>
+    <w:rsid w:val="00B2607A"/>
+    <w:rsid w:val="00B26CAD"/>
+    <w:rsid w:val="00B27E57"/>
+    <w:rsid w:val="00B309FB"/>
+    <w:rsid w:val="00B31E29"/>
+    <w:rsid w:val="00B32FA0"/>
+    <w:rsid w:val="00B3340A"/>
+    <w:rsid w:val="00B358A4"/>
+    <w:rsid w:val="00B35BC9"/>
+    <w:rsid w:val="00B36BF7"/>
+    <w:rsid w:val="00B37371"/>
+    <w:rsid w:val="00B405C5"/>
+    <w:rsid w:val="00B406D3"/>
+    <w:rsid w:val="00B40DE7"/>
+    <w:rsid w:val="00B41F89"/>
+    <w:rsid w:val="00B42AD8"/>
+    <w:rsid w:val="00B42CF6"/>
+    <w:rsid w:val="00B435E4"/>
+    <w:rsid w:val="00B44348"/>
+    <w:rsid w:val="00B4559F"/>
+    <w:rsid w:val="00B455A9"/>
+    <w:rsid w:val="00B45F67"/>
+    <w:rsid w:val="00B460EB"/>
+    <w:rsid w:val="00B469B0"/>
+    <w:rsid w:val="00B47994"/>
+    <w:rsid w:val="00B5049A"/>
+    <w:rsid w:val="00B5080A"/>
+    <w:rsid w:val="00B51BAC"/>
+    <w:rsid w:val="00B530CB"/>
+    <w:rsid w:val="00B53541"/>
+    <w:rsid w:val="00B53750"/>
+    <w:rsid w:val="00B54F4E"/>
+    <w:rsid w:val="00B55812"/>
+    <w:rsid w:val="00B55DE5"/>
+    <w:rsid w:val="00B618E2"/>
+    <w:rsid w:val="00B6733A"/>
+    <w:rsid w:val="00B70EDE"/>
+    <w:rsid w:val="00B7198C"/>
+    <w:rsid w:val="00B7273A"/>
+    <w:rsid w:val="00B73084"/>
+    <w:rsid w:val="00B747C7"/>
+    <w:rsid w:val="00B7582D"/>
+    <w:rsid w:val="00B77D2C"/>
+    <w:rsid w:val="00B77E40"/>
+    <w:rsid w:val="00B80098"/>
+    <w:rsid w:val="00B83F85"/>
+    <w:rsid w:val="00B84AFB"/>
+    <w:rsid w:val="00B84E47"/>
+    <w:rsid w:val="00B8670C"/>
+    <w:rsid w:val="00B92B04"/>
+    <w:rsid w:val="00B92BAA"/>
     <w:rsid w:val="00B92CFF"/>
-    <w:rsid w:val="00B93931"/>
-[...96 lines deleted...]
-    <w:rsid w:val="00BF056A"/>
+    <w:rsid w:val="00B9419F"/>
+    <w:rsid w:val="00B96DC9"/>
+    <w:rsid w:val="00B97169"/>
+    <w:rsid w:val="00BA296A"/>
+    <w:rsid w:val="00BA3017"/>
+    <w:rsid w:val="00BA3756"/>
+    <w:rsid w:val="00BA4875"/>
+    <w:rsid w:val="00BA55E3"/>
+    <w:rsid w:val="00BA7B76"/>
+    <w:rsid w:val="00BB2BBE"/>
+    <w:rsid w:val="00BB3EE9"/>
+    <w:rsid w:val="00BB4FD3"/>
+    <w:rsid w:val="00BB5D58"/>
+    <w:rsid w:val="00BB6E7E"/>
+    <w:rsid w:val="00BB7C71"/>
+    <w:rsid w:val="00BC09F1"/>
+    <w:rsid w:val="00BC2073"/>
+    <w:rsid w:val="00BC3961"/>
+    <w:rsid w:val="00BC4112"/>
+    <w:rsid w:val="00BC4391"/>
+    <w:rsid w:val="00BC68EF"/>
+    <w:rsid w:val="00BC6B44"/>
+    <w:rsid w:val="00BC7C7E"/>
+    <w:rsid w:val="00BD0846"/>
+    <w:rsid w:val="00BD41B1"/>
+    <w:rsid w:val="00BD43AD"/>
+    <w:rsid w:val="00BD5771"/>
+    <w:rsid w:val="00BD73AD"/>
+    <w:rsid w:val="00BD7527"/>
+    <w:rsid w:val="00BD7653"/>
+    <w:rsid w:val="00BD7ADB"/>
+    <w:rsid w:val="00BE1530"/>
+    <w:rsid w:val="00BE1CFB"/>
+    <w:rsid w:val="00BE29C1"/>
+    <w:rsid w:val="00BE3CF8"/>
+    <w:rsid w:val="00BE5AE5"/>
+    <w:rsid w:val="00BE6679"/>
+    <w:rsid w:val="00BF0089"/>
+    <w:rsid w:val="00BF05CA"/>
     <w:rsid w:val="00BF0608"/>
-    <w:rsid w:val="00BF06F2"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00BF6CB9"/>
+    <w:rsid w:val="00BF145A"/>
+    <w:rsid w:val="00BF16FB"/>
+    <w:rsid w:val="00BF1CFB"/>
+    <w:rsid w:val="00BF1E76"/>
+    <w:rsid w:val="00BF3188"/>
+    <w:rsid w:val="00BF447E"/>
+    <w:rsid w:val="00BF770F"/>
+    <w:rsid w:val="00BF782E"/>
     <w:rsid w:val="00BF7A47"/>
-    <w:rsid w:val="00BF7EA3"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C011BC"/>
+    <w:rsid w:val="00C00E61"/>
+    <w:rsid w:val="00C0135F"/>
     <w:rsid w:val="00C01439"/>
-    <w:rsid w:val="00C01458"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C01B4D"/>
     <w:rsid w:val="00C01B9B"/>
-    <w:rsid w:val="00C01C82"/>
-    <w:rsid w:val="00C01E31"/>
+    <w:rsid w:val="00C01E2D"/>
     <w:rsid w:val="00C01FD9"/>
-    <w:rsid w:val="00C02091"/>
-[...83 lines deleted...]
-    <w:rsid w:val="00C45164"/>
+    <w:rsid w:val="00C0494D"/>
+    <w:rsid w:val="00C05CED"/>
+    <w:rsid w:val="00C05D0F"/>
+    <w:rsid w:val="00C0772B"/>
+    <w:rsid w:val="00C10391"/>
+    <w:rsid w:val="00C10458"/>
+    <w:rsid w:val="00C114E0"/>
+    <w:rsid w:val="00C13255"/>
+    <w:rsid w:val="00C14C1E"/>
+    <w:rsid w:val="00C23277"/>
+    <w:rsid w:val="00C24897"/>
+    <w:rsid w:val="00C25E72"/>
+    <w:rsid w:val="00C2622C"/>
+    <w:rsid w:val="00C270A8"/>
+    <w:rsid w:val="00C30A97"/>
+    <w:rsid w:val="00C31876"/>
+    <w:rsid w:val="00C338AA"/>
+    <w:rsid w:val="00C358F1"/>
+    <w:rsid w:val="00C37869"/>
+    <w:rsid w:val="00C40F00"/>
+    <w:rsid w:val="00C4501E"/>
     <w:rsid w:val="00C451D0"/>
-    <w:rsid w:val="00C453D1"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00C5751F"/>
+    <w:rsid w:val="00C4527D"/>
+    <w:rsid w:val="00C4574F"/>
+    <w:rsid w:val="00C4577E"/>
+    <w:rsid w:val="00C471EF"/>
+    <w:rsid w:val="00C47634"/>
+    <w:rsid w:val="00C47E88"/>
+    <w:rsid w:val="00C50978"/>
+    <w:rsid w:val="00C50D0E"/>
+    <w:rsid w:val="00C511EC"/>
+    <w:rsid w:val="00C51572"/>
+    <w:rsid w:val="00C522CE"/>
+    <w:rsid w:val="00C53A62"/>
+    <w:rsid w:val="00C554E4"/>
+    <w:rsid w:val="00C55A53"/>
+    <w:rsid w:val="00C55BC6"/>
+    <w:rsid w:val="00C55E72"/>
+    <w:rsid w:val="00C5697D"/>
     <w:rsid w:val="00C57A0D"/>
-    <w:rsid w:val="00C57BB6"/>
-[...30 lines deleted...]
-    <w:rsid w:val="00C7159D"/>
+    <w:rsid w:val="00C57B84"/>
+    <w:rsid w:val="00C603C4"/>
+    <w:rsid w:val="00C611A9"/>
+    <w:rsid w:val="00C614EC"/>
+    <w:rsid w:val="00C619C5"/>
+    <w:rsid w:val="00C62E66"/>
+    <w:rsid w:val="00C63B4C"/>
+    <w:rsid w:val="00C66ABB"/>
+    <w:rsid w:val="00C67AC5"/>
+    <w:rsid w:val="00C70280"/>
     <w:rsid w:val="00C71634"/>
-    <w:rsid w:val="00C71CCC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C7271B"/>
+    <w:rsid w:val="00C72273"/>
+    <w:rsid w:val="00C72C63"/>
     <w:rsid w:val="00C72F9A"/>
-    <w:rsid w:val="00C7308F"/>
-[...158 lines deleted...]
-    <w:rsid w:val="00D01A77"/>
+    <w:rsid w:val="00C8001F"/>
+    <w:rsid w:val="00C80710"/>
+    <w:rsid w:val="00C8071C"/>
+    <w:rsid w:val="00C8167A"/>
+    <w:rsid w:val="00C82A88"/>
+    <w:rsid w:val="00C83FDE"/>
+    <w:rsid w:val="00C84753"/>
+    <w:rsid w:val="00C84CD0"/>
+    <w:rsid w:val="00C84E6F"/>
+    <w:rsid w:val="00C857E2"/>
+    <w:rsid w:val="00C85F8B"/>
+    <w:rsid w:val="00C8610A"/>
+    <w:rsid w:val="00C867EC"/>
+    <w:rsid w:val="00C87F56"/>
+    <w:rsid w:val="00CA04EA"/>
+    <w:rsid w:val="00CA1348"/>
+    <w:rsid w:val="00CA35B5"/>
+    <w:rsid w:val="00CA386E"/>
+    <w:rsid w:val="00CA425C"/>
+    <w:rsid w:val="00CB28F2"/>
+    <w:rsid w:val="00CB3320"/>
+    <w:rsid w:val="00CB6C48"/>
+    <w:rsid w:val="00CB6E7E"/>
+    <w:rsid w:val="00CC17C2"/>
+    <w:rsid w:val="00CC30ED"/>
+    <w:rsid w:val="00CC39E6"/>
+    <w:rsid w:val="00CC3EB4"/>
+    <w:rsid w:val="00CC4185"/>
+    <w:rsid w:val="00CC4D81"/>
+    <w:rsid w:val="00CC4F95"/>
+    <w:rsid w:val="00CC68E9"/>
+    <w:rsid w:val="00CC70E5"/>
+    <w:rsid w:val="00CD0C3D"/>
+    <w:rsid w:val="00CD2ABD"/>
+    <w:rsid w:val="00CD3128"/>
+    <w:rsid w:val="00CD3F7F"/>
+    <w:rsid w:val="00CD4318"/>
+    <w:rsid w:val="00CD47F7"/>
+    <w:rsid w:val="00CD4AB7"/>
+    <w:rsid w:val="00CD59A7"/>
+    <w:rsid w:val="00CD6C35"/>
+    <w:rsid w:val="00CE292A"/>
+    <w:rsid w:val="00CE29A9"/>
+    <w:rsid w:val="00CE3910"/>
+    <w:rsid w:val="00CE76DD"/>
+    <w:rsid w:val="00CE7B2D"/>
+    <w:rsid w:val="00CF0321"/>
+    <w:rsid w:val="00CF0CD9"/>
+    <w:rsid w:val="00CF294B"/>
+    <w:rsid w:val="00CF2B10"/>
+    <w:rsid w:val="00CF301B"/>
+    <w:rsid w:val="00CF306E"/>
+    <w:rsid w:val="00CF36F4"/>
+    <w:rsid w:val="00CF3ACD"/>
+    <w:rsid w:val="00CF4D44"/>
+    <w:rsid w:val="00CF50D8"/>
+    <w:rsid w:val="00CF55DA"/>
+    <w:rsid w:val="00CF72FF"/>
+    <w:rsid w:val="00D01C34"/>
     <w:rsid w:val="00D01F4D"/>
-    <w:rsid w:val="00D02074"/>
-[...134 lines deleted...]
-    <w:rsid w:val="00D76010"/>
+    <w:rsid w:val="00D02201"/>
+    <w:rsid w:val="00D02210"/>
+    <w:rsid w:val="00D04B33"/>
+    <w:rsid w:val="00D053A3"/>
+    <w:rsid w:val="00D056BA"/>
+    <w:rsid w:val="00D07533"/>
+    <w:rsid w:val="00D11784"/>
+    <w:rsid w:val="00D13434"/>
+    <w:rsid w:val="00D141A3"/>
+    <w:rsid w:val="00D15D55"/>
+    <w:rsid w:val="00D15E61"/>
+    <w:rsid w:val="00D174EF"/>
+    <w:rsid w:val="00D20F09"/>
+    <w:rsid w:val="00D213EB"/>
+    <w:rsid w:val="00D24019"/>
+    <w:rsid w:val="00D25499"/>
+    <w:rsid w:val="00D2727C"/>
+    <w:rsid w:val="00D278DA"/>
+    <w:rsid w:val="00D3079E"/>
+    <w:rsid w:val="00D33337"/>
+    <w:rsid w:val="00D339AE"/>
+    <w:rsid w:val="00D350E9"/>
+    <w:rsid w:val="00D36A9A"/>
+    <w:rsid w:val="00D40159"/>
+    <w:rsid w:val="00D40BBB"/>
+    <w:rsid w:val="00D415EE"/>
+    <w:rsid w:val="00D42470"/>
+    <w:rsid w:val="00D44C1C"/>
+    <w:rsid w:val="00D45E1A"/>
+    <w:rsid w:val="00D47DFF"/>
+    <w:rsid w:val="00D51540"/>
+    <w:rsid w:val="00D52CCB"/>
+    <w:rsid w:val="00D539C0"/>
+    <w:rsid w:val="00D56167"/>
+    <w:rsid w:val="00D570D7"/>
+    <w:rsid w:val="00D57A8C"/>
+    <w:rsid w:val="00D61E98"/>
+    <w:rsid w:val="00D6323E"/>
+    <w:rsid w:val="00D64545"/>
+    <w:rsid w:val="00D6491C"/>
+    <w:rsid w:val="00D719AC"/>
+    <w:rsid w:val="00D72AFB"/>
+    <w:rsid w:val="00D74DD0"/>
+    <w:rsid w:val="00D754C7"/>
     <w:rsid w:val="00D76776"/>
-    <w:rsid w:val="00D779BF"/>
-[...22 lines deleted...]
-    <w:rsid w:val="00D90E96"/>
+    <w:rsid w:val="00D76FB5"/>
+    <w:rsid w:val="00D77720"/>
+    <w:rsid w:val="00D82DB7"/>
+    <w:rsid w:val="00D86DF6"/>
     <w:rsid w:val="00D92053"/>
-    <w:rsid w:val="00D931FD"/>
-    <w:rsid w:val="00D93436"/>
+    <w:rsid w:val="00D92866"/>
+    <w:rsid w:val="00D935EA"/>
     <w:rsid w:val="00D93835"/>
-    <w:rsid w:val="00D93C1C"/>
-[...78 lines deleted...]
-    <w:rsid w:val="00DD2189"/>
+    <w:rsid w:val="00D94404"/>
+    <w:rsid w:val="00D966C9"/>
+    <w:rsid w:val="00D96BBB"/>
+    <w:rsid w:val="00DA155B"/>
+    <w:rsid w:val="00DA1F7E"/>
+    <w:rsid w:val="00DA252E"/>
+    <w:rsid w:val="00DA2F4E"/>
+    <w:rsid w:val="00DA41A4"/>
+    <w:rsid w:val="00DA5816"/>
+    <w:rsid w:val="00DA6343"/>
+    <w:rsid w:val="00DA656A"/>
+    <w:rsid w:val="00DA79C7"/>
+    <w:rsid w:val="00DB0E59"/>
+    <w:rsid w:val="00DB0EEE"/>
+    <w:rsid w:val="00DB1ECD"/>
+    <w:rsid w:val="00DB3F3F"/>
+    <w:rsid w:val="00DB6B18"/>
+    <w:rsid w:val="00DC25AF"/>
+    <w:rsid w:val="00DC2779"/>
+    <w:rsid w:val="00DC4584"/>
     <w:rsid w:val="00DD2338"/>
-    <w:rsid w:val="00DD2782"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00DE0840"/>
+    <w:rsid w:val="00DD324C"/>
+    <w:rsid w:val="00DD71EF"/>
+    <w:rsid w:val="00DD778D"/>
+    <w:rsid w:val="00DE0FDD"/>
     <w:rsid w:val="00DE107A"/>
-    <w:rsid w:val="00DE1159"/>
-[...141 lines deleted...]
-    <w:rsid w:val="00E64D13"/>
+    <w:rsid w:val="00DE14E7"/>
+    <w:rsid w:val="00DE1EE2"/>
+    <w:rsid w:val="00DE2BEF"/>
+    <w:rsid w:val="00DE3252"/>
+    <w:rsid w:val="00DE4469"/>
+    <w:rsid w:val="00DE697B"/>
+    <w:rsid w:val="00DF0BF3"/>
+    <w:rsid w:val="00DF14EF"/>
+    <w:rsid w:val="00DF39CB"/>
+    <w:rsid w:val="00DF3AEF"/>
+    <w:rsid w:val="00DF4455"/>
+    <w:rsid w:val="00DF646B"/>
+    <w:rsid w:val="00DF7916"/>
+    <w:rsid w:val="00E027DB"/>
+    <w:rsid w:val="00E02E01"/>
+    <w:rsid w:val="00E107F4"/>
+    <w:rsid w:val="00E12E73"/>
+    <w:rsid w:val="00E13723"/>
+    <w:rsid w:val="00E142C7"/>
+    <w:rsid w:val="00E158E4"/>
+    <w:rsid w:val="00E17C2A"/>
+    <w:rsid w:val="00E20B57"/>
+    <w:rsid w:val="00E20CFB"/>
+    <w:rsid w:val="00E24057"/>
+    <w:rsid w:val="00E25DD1"/>
+    <w:rsid w:val="00E26472"/>
+    <w:rsid w:val="00E30987"/>
+    <w:rsid w:val="00E32152"/>
+    <w:rsid w:val="00E3271A"/>
+    <w:rsid w:val="00E345FC"/>
+    <w:rsid w:val="00E34B42"/>
+    <w:rsid w:val="00E34C11"/>
+    <w:rsid w:val="00E35258"/>
+    <w:rsid w:val="00E357E3"/>
+    <w:rsid w:val="00E361EA"/>
+    <w:rsid w:val="00E36D9E"/>
+    <w:rsid w:val="00E37C6C"/>
+    <w:rsid w:val="00E43247"/>
+    <w:rsid w:val="00E434FC"/>
+    <w:rsid w:val="00E44D57"/>
+    <w:rsid w:val="00E4634C"/>
+    <w:rsid w:val="00E47119"/>
+    <w:rsid w:val="00E515BB"/>
+    <w:rsid w:val="00E51BE3"/>
+    <w:rsid w:val="00E528E4"/>
+    <w:rsid w:val="00E537C7"/>
+    <w:rsid w:val="00E55B92"/>
+    <w:rsid w:val="00E56B15"/>
+    <w:rsid w:val="00E608CE"/>
+    <w:rsid w:val="00E62BBA"/>
     <w:rsid w:val="00E64E0C"/>
-    <w:rsid w:val="00E6535F"/>
-[...34 lines deleted...]
-    <w:rsid w:val="00E81B33"/>
+    <w:rsid w:val="00E660B7"/>
+    <w:rsid w:val="00E70499"/>
+    <w:rsid w:val="00E724DC"/>
+    <w:rsid w:val="00E724E6"/>
+    <w:rsid w:val="00E72E09"/>
+    <w:rsid w:val="00E73750"/>
+    <w:rsid w:val="00E76134"/>
+    <w:rsid w:val="00E76245"/>
+    <w:rsid w:val="00E80827"/>
+    <w:rsid w:val="00E82079"/>
     <w:rsid w:val="00E822E8"/>
-    <w:rsid w:val="00E824FA"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00E951A1"/>
+    <w:rsid w:val="00E825CC"/>
+    <w:rsid w:val="00E848AA"/>
+    <w:rsid w:val="00E87DB6"/>
+    <w:rsid w:val="00E90F19"/>
+    <w:rsid w:val="00E92B3C"/>
+    <w:rsid w:val="00E95113"/>
     <w:rsid w:val="00E951ED"/>
-    <w:rsid w:val="00E95327"/>
-[...47 lines deleted...]
-    <w:rsid w:val="00EC4E22"/>
+    <w:rsid w:val="00EA021A"/>
+    <w:rsid w:val="00EA231E"/>
+    <w:rsid w:val="00EA4203"/>
+    <w:rsid w:val="00EA57CD"/>
+    <w:rsid w:val="00EB06C9"/>
+    <w:rsid w:val="00EB1900"/>
+    <w:rsid w:val="00EB20F4"/>
+    <w:rsid w:val="00EB2D21"/>
+    <w:rsid w:val="00EB39F7"/>
+    <w:rsid w:val="00EB5825"/>
+    <w:rsid w:val="00EB5C01"/>
+    <w:rsid w:val="00EB5F03"/>
+    <w:rsid w:val="00EB7D61"/>
+    <w:rsid w:val="00EC03F2"/>
+    <w:rsid w:val="00EC1A5F"/>
+    <w:rsid w:val="00EC1C6B"/>
+    <w:rsid w:val="00EC4143"/>
     <w:rsid w:val="00EC4E49"/>
-    <w:rsid w:val="00EC54C2"/>
-[...90 lines deleted...]
-    <w:rsid w:val="00F15412"/>
+    <w:rsid w:val="00EC539A"/>
+    <w:rsid w:val="00EC5DBC"/>
+    <w:rsid w:val="00EC6728"/>
+    <w:rsid w:val="00EC6BBB"/>
+    <w:rsid w:val="00ED2BC2"/>
+    <w:rsid w:val="00ED2E36"/>
+    <w:rsid w:val="00ED3486"/>
+    <w:rsid w:val="00ED3C96"/>
+    <w:rsid w:val="00ED3FD6"/>
+    <w:rsid w:val="00ED40A8"/>
+    <w:rsid w:val="00ED44EB"/>
+    <w:rsid w:val="00ED5473"/>
+    <w:rsid w:val="00ED7FA2"/>
+    <w:rsid w:val="00EE08CC"/>
+    <w:rsid w:val="00EE2B3F"/>
+    <w:rsid w:val="00EE494F"/>
+    <w:rsid w:val="00EE4B2B"/>
+    <w:rsid w:val="00EE4CC4"/>
+    <w:rsid w:val="00EE5563"/>
+    <w:rsid w:val="00EE591B"/>
+    <w:rsid w:val="00EE609B"/>
+    <w:rsid w:val="00EF192B"/>
+    <w:rsid w:val="00EF4018"/>
+    <w:rsid w:val="00EF70FF"/>
+    <w:rsid w:val="00EF732C"/>
+    <w:rsid w:val="00EF7D8D"/>
+    <w:rsid w:val="00F001DF"/>
+    <w:rsid w:val="00F00A15"/>
+    <w:rsid w:val="00F02343"/>
+    <w:rsid w:val="00F02782"/>
+    <w:rsid w:val="00F02E80"/>
+    <w:rsid w:val="00F04700"/>
+    <w:rsid w:val="00F04DD8"/>
+    <w:rsid w:val="00F06A1C"/>
+    <w:rsid w:val="00F07226"/>
+    <w:rsid w:val="00F11334"/>
+    <w:rsid w:val="00F11768"/>
+    <w:rsid w:val="00F12F02"/>
+    <w:rsid w:val="00F134A2"/>
+    <w:rsid w:val="00F13ACE"/>
+    <w:rsid w:val="00F13C43"/>
+    <w:rsid w:val="00F148DB"/>
+    <w:rsid w:val="00F14A2E"/>
     <w:rsid w:val="00F15421"/>
-    <w:rsid w:val="00F1618C"/>
-[...188 lines deleted...]
-    <w:rsid w:val="00FC7E85"/>
+    <w:rsid w:val="00F16BC5"/>
+    <w:rsid w:val="00F20770"/>
+    <w:rsid w:val="00F24A8E"/>
+    <w:rsid w:val="00F253A1"/>
+    <w:rsid w:val="00F25AB6"/>
+    <w:rsid w:val="00F27DCE"/>
+    <w:rsid w:val="00F30F8A"/>
+    <w:rsid w:val="00F3267F"/>
+    <w:rsid w:val="00F33019"/>
+    <w:rsid w:val="00F3498B"/>
+    <w:rsid w:val="00F3548C"/>
+    <w:rsid w:val="00F35653"/>
+    <w:rsid w:val="00F360C9"/>
+    <w:rsid w:val="00F364D7"/>
+    <w:rsid w:val="00F3737B"/>
+    <w:rsid w:val="00F37EAE"/>
+    <w:rsid w:val="00F404D5"/>
+    <w:rsid w:val="00F40F93"/>
+    <w:rsid w:val="00F415DF"/>
+    <w:rsid w:val="00F43707"/>
+    <w:rsid w:val="00F44916"/>
+    <w:rsid w:val="00F45061"/>
+    <w:rsid w:val="00F45208"/>
+    <w:rsid w:val="00F47F86"/>
+    <w:rsid w:val="00F503D2"/>
+    <w:rsid w:val="00F51B8C"/>
+    <w:rsid w:val="00F5271F"/>
+    <w:rsid w:val="00F5400A"/>
+    <w:rsid w:val="00F547F1"/>
+    <w:rsid w:val="00F55F44"/>
+    <w:rsid w:val="00F56143"/>
+    <w:rsid w:val="00F5677C"/>
+    <w:rsid w:val="00F57525"/>
+    <w:rsid w:val="00F575BE"/>
+    <w:rsid w:val="00F601C3"/>
+    <w:rsid w:val="00F60D7C"/>
+    <w:rsid w:val="00F61E8C"/>
+    <w:rsid w:val="00F6495C"/>
+    <w:rsid w:val="00F66431"/>
+    <w:rsid w:val="00F667B8"/>
+    <w:rsid w:val="00F6738A"/>
+    <w:rsid w:val="00F70A68"/>
+    <w:rsid w:val="00F710CD"/>
+    <w:rsid w:val="00F7272C"/>
+    <w:rsid w:val="00F7514D"/>
+    <w:rsid w:val="00F75B5B"/>
+    <w:rsid w:val="00F761C6"/>
+    <w:rsid w:val="00F762BD"/>
+    <w:rsid w:val="00F805CD"/>
+    <w:rsid w:val="00F806AA"/>
+    <w:rsid w:val="00F83174"/>
+    <w:rsid w:val="00F8377D"/>
+    <w:rsid w:val="00F83F8C"/>
+    <w:rsid w:val="00F83FA6"/>
+    <w:rsid w:val="00F84701"/>
+    <w:rsid w:val="00F8757F"/>
+    <w:rsid w:val="00F902EF"/>
+    <w:rsid w:val="00F9280B"/>
+    <w:rsid w:val="00F92B50"/>
+    <w:rsid w:val="00F93709"/>
+    <w:rsid w:val="00F94A1D"/>
+    <w:rsid w:val="00F95E9D"/>
+    <w:rsid w:val="00F960D9"/>
+    <w:rsid w:val="00F97140"/>
+    <w:rsid w:val="00F97F1B"/>
+    <w:rsid w:val="00F97F96"/>
+    <w:rsid w:val="00FA19A2"/>
+    <w:rsid w:val="00FA1ECC"/>
+    <w:rsid w:val="00FA575A"/>
+    <w:rsid w:val="00FB0515"/>
+    <w:rsid w:val="00FB0F1D"/>
+    <w:rsid w:val="00FB10A0"/>
+    <w:rsid w:val="00FB27EF"/>
+    <w:rsid w:val="00FB37CE"/>
+    <w:rsid w:val="00FB4DB4"/>
+    <w:rsid w:val="00FB5608"/>
+    <w:rsid w:val="00FB5AF5"/>
+    <w:rsid w:val="00FB6B3E"/>
+    <w:rsid w:val="00FB70FD"/>
+    <w:rsid w:val="00FC0004"/>
+    <w:rsid w:val="00FC1975"/>
+    <w:rsid w:val="00FC258D"/>
+    <w:rsid w:val="00FC4A80"/>
+    <w:rsid w:val="00FC5111"/>
+    <w:rsid w:val="00FC5E98"/>
+    <w:rsid w:val="00FC602F"/>
     <w:rsid w:val="00FD00B5"/>
-    <w:rsid w:val="00FD035D"/>
-[...50 lines deleted...]
-    <w:rsid w:val="00FF78CE"/>
+    <w:rsid w:val="00FD046B"/>
+    <w:rsid w:val="00FD0CB8"/>
+    <w:rsid w:val="00FD128F"/>
+    <w:rsid w:val="00FD2ADB"/>
+    <w:rsid w:val="00FD3BB4"/>
+    <w:rsid w:val="00FD5830"/>
+    <w:rsid w:val="00FD5917"/>
+    <w:rsid w:val="00FD62AF"/>
+    <w:rsid w:val="00FD6E00"/>
+    <w:rsid w:val="00FD7F64"/>
+    <w:rsid w:val="00FE11F1"/>
+    <w:rsid w:val="00FE1C42"/>
+    <w:rsid w:val="00FE30E6"/>
+    <w:rsid w:val="00FE5E8F"/>
+    <w:rsid w:val="00FF0672"/>
+    <w:rsid w:val="00FF181F"/>
+    <w:rsid w:val="00FF2454"/>
+    <w:rsid w:val="00FF275C"/>
+    <w:rsid w:val="00FF2E39"/>
+    <w:rsid w:val="00FF46D6"/>
+    <w:rsid w:val="00FF493D"/>
+    <w:rsid w:val="00FF676E"/>
+    <w:rsid w:val="09014074"/>
+    <w:rsid w:val="10399FEC"/>
+    <w:rsid w:val="123D4CFB"/>
+    <w:rsid w:val="14A93882"/>
+    <w:rsid w:val="1965A103"/>
+    <w:rsid w:val="1A96F571"/>
+    <w:rsid w:val="1AE7837D"/>
+    <w:rsid w:val="247272E5"/>
+    <w:rsid w:val="2B598ABA"/>
+    <w:rsid w:val="2BAA4741"/>
+    <w:rsid w:val="2E4F050F"/>
+    <w:rsid w:val="31555641"/>
+    <w:rsid w:val="357A9105"/>
+    <w:rsid w:val="3614F239"/>
+    <w:rsid w:val="3A1319AC"/>
+    <w:rsid w:val="41A2AD3E"/>
+    <w:rsid w:val="45CD49FF"/>
+    <w:rsid w:val="4A256BB4"/>
+    <w:rsid w:val="4B50F5A9"/>
+    <w:rsid w:val="58597A80"/>
+    <w:rsid w:val="650C6EE4"/>
+    <w:rsid w:val="6FA9A3E7"/>
+    <w:rsid w:val="6FD925C7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="26191267"/>
-  <w15:docId w15:val="{9ECA5929-4EB5-4641-89AC-5D67B31F3BA2}"/>
+  <w14:docId w14:val="394AB9FE"/>
+  <w15:docId w15:val="{E3B81442-EF2B-4FBA-B449-0BBECA9A032D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans" w:eastAsia="Noto Sans" w:hAnsi="Noto Sans" w:cs="Times New Roman"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...107 lines deleted...]
-    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1"/>
+    <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1"/>
+    <w:lsdException w:name="footnote text" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1"/>
+    <w:lsdException w:name="header" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1"/>
+    <w:lsdException w:name="footnote reference" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1"/>
+    <w:lsdException w:name="page number" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1"/>
+    <w:lsdException w:name="List Bullet" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1"/>
+    <w:lsdException w:name="List Bullet 2" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="1" w:uiPriority="39"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="0" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="1" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Hyperlink" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="1" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="1" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1"/>
+    <w:lsdException w:name="Normal Table" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1"/>
+    <w:lsdException w:name="No List" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Balloon Text" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="0" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:locked="0" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Revision" w:locked="0" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
-    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:locked="0" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
-[...114 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="1" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="1" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="0" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="0" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="1" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:locked="0" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:locked="0" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:locked="0" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:locked="0" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:locked="0" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:locked="0" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:locked="0" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:locked="0" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:locked="0" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:locked="0" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:locked="0" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:locked="0" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:locked="0" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:locked="0" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:locked="0" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:locked="0" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:locked="0" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:locked="0" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:locked="0" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:locked="0" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:locked="0" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:locked="0" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:locked="0" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:locked="0" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:locked="0" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:locked="0" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:locked="0" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:locked="0" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:locked="0" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:locked="0" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:locked="0" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:locked="0" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:locked="0" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:locked="0" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:locked="0" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:locked="0" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:locked="0" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:locked="0" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:locked="0" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:locked="0" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:locked="0" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:locked="0" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:locked="0" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:locked="0" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:locked="0" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:locked="0" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:locked="0" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:locked="0" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:locked="0" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:locked="0" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:locked="0" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:locked="0" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:locked="0" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:locked="0" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:locked="0" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:locked="0" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:locked="0" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:locked="0" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:locked="0" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:locked="0" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:locked="0" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:locked="0" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:locked="0" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:locked="0" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:locked="0" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:locked="0" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:locked="0" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:locked="0" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:locked="0" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:locked="0" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:locked="0" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:locked="0" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:locked="0" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:locked="0" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:locked="0" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:locked="0" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:locked="0" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:locked="0" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:locked="0" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:locked="0" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:locked="0" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:locked="0" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:locked="0" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:locked="0" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:locked="0" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:locked="0" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:locked="0" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:locked="0" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:locked="0" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:locked="0" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:locked="0" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:locked="0" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:locked="0" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:locked="0" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:locked="0" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:locked="0" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:locked="0" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:locked="0" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:locked="0" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:locked="0" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:locked="0" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:locked="0" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:locked="0" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:locked="0" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:locked="0" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:locked="0" w:semiHidden="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:locked="0" w:semiHidden="1"/>
+    <w:lsdException w:name="Hashtag" w:locked="0" w:semiHidden="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:locked="0" w:semiHidden="1"/>
+    <w:lsdException w:name="Smart Link" w:locked="0" w:semiHidden="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00333C34"/>
+    <w:rsid w:val="00CC68E9"/>
     <w:pPr>
-      <w:spacing w:after="120"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="17"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-GB"/>
+      <w:sz w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="BodyText"/>
+    <w:next w:val="BodytextRegular"/>
     <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="0070600A"/>
+    <w:locked/>
+    <w:rsid w:val="00664470"/>
     <w:pPr>
       <w:keepNext/>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="002A5E"/>
+        <w:bottom w:val="single" w:sz="8" w:space="1" w:color="63C532" w:themeColor="accent2"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1736"/>
       </w:tabs>
-      <w:spacing w:after="240"/>
+      <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Schroders Circular TT" w:eastAsia="Times New Roman" w:hAnsi="Schroders Circular TT" w:cs="Arial"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
       <w:bCs/>
-      <w:color w:val="002A5E"/>
+      <w:color w:val="A446BA" w:themeColor="text2"/>
       <w:kern w:val="32"/>
-      <w:sz w:val="32"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="BodyText"/>
+    <w:next w:val="BodytextRegular"/>
     <w:link w:val="Heading2Char"/>
-    <w:qFormat/>
-    <w:rsid w:val="00C06A13"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00664470"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1736"/>
       </w:tabs>
-      <w:spacing w:before="120"/>
+      <w:spacing w:before="120" w:after="120" w:line="320" w:lineRule="exact"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Schroders Circular TT" w:eastAsia="Times New Roman" w:hAnsi="Schroders Circular TT" w:cs="Arial"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
       <w:bCs/>
       <w:iCs/>
-      <w:color w:val="0074B7"/>
-      <w:sz w:val="28"/>
+      <w:color w:val="001E41" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="BodyText"/>
+    <w:next w:val="BodytextRegular"/>
     <w:link w:val="Heading3Char"/>
     <w:autoRedefine/>
-    <w:qFormat/>
-    <w:rsid w:val="0025123E"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00AD758E"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="120"/>
+      <w:spacing w:before="120" w:after="120"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Schroders Circular TT" w:eastAsia="Times New Roman" w:hAnsi="Schroders Circular TT" w:cs="Arial"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
       <w:bCs/>
-      <w:color w:val="002A5E"/>
+      <w:color w:val="001E41" w:themeColor="accent1"/>
       <w:spacing w:val="-6"/>
-      <w:sz w:val="24"/>
+      <w:sz w:val="22"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:link w:val="Heading4Char"/>
-    <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="0025123E"/>
+    <w:locked/>
+    <w:rsid w:val="00AD758E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:after="0"/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Schroders Circular TT" w:eastAsia="Times New Roman" w:hAnsi="Schroders Circular TT"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
-      <w:color w:val="002A5E"/>
+      <w:color w:val="0074B7" w:themeColor="accent3"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00850E0B"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00AD758E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:after="0"/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Schroders Circular TT" w:eastAsia="Times New Roman" w:hAnsi="Schroders Circular TT"/>
-      <w:color w:val="00142E"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="001E41" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Documenttitle">
+    <w:name w:val="Document title"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00215B52"/>
+    <w:next w:val="BodytextRegular"/>
+    <w:uiPriority w:val="27"/>
+    <w:qFormat/>
+    <w:rsid w:val="0095184E"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:after="0"/>
+      <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:x="-6" w:y="1"/>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="113"/>
+      <w:suppressOverlap/>
     </w:pPr>
-  </w:style>
-[...4 lines deleted...]
-    <w:rsid w:val="00215B52"/>
     <w:rPr>
-      <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans"/>
-      <w:sz w:val="16"/>
+      <w:rFonts w:ascii="Schroders Circular TT" w:hAnsi="Schroders Circular TT" w:cs="Schroders Circular TT Black"/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:val="fr-CH"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-[...4 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Documentsubtitle">
+    <w:name w:val="Document subtitle"/>
+    <w:basedOn w:val="BodytextRegular"/>
+    <w:next w:val="BodytextRegular"/>
+    <w:uiPriority w:val="28"/>
     <w:qFormat/>
-    <w:rsid w:val="00850E0B"/>
-[...28 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="0095184E"/>
     <w:rPr>
       <w:rFonts w:ascii="Schroders Circular TT" w:hAnsi="Schroders Circular TT"/>
-      <w:color w:val="FFFFFF"/>
-[...14 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:color w:val="00A2B5" w:themeColor="background2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
-    <w:rsid w:val="0070600A"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00261FA2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Schroders Circular TT" w:eastAsia="Times New Roman" w:hAnsi="Schroders Circular TT" w:cs="Arial"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
       <w:bCs/>
       <w:color w:val="002A5E"/>
       <w:kern w:val="32"/>
-      <w:sz w:val="32"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
-    <w:rsid w:val="00C06A13"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005245EE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Schroders Circular TT" w:eastAsia="Times New Roman" w:hAnsi="Schroders Circular TT" w:cs="Arial"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
       <w:bCs/>
       <w:iCs/>
-      <w:color w:val="0074B7"/>
-      <w:sz w:val="28"/>
+      <w:color w:val="0074B7" w:themeColor="accent3"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
-    <w:rsid w:val="0025123E"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AD758E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Schroders Circular TT" w:eastAsia="Times New Roman" w:hAnsi="Schroders Circular TT" w:cs="Arial"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
       <w:bCs/>
-      <w:color w:val="002A5E"/>
+      <w:color w:val="001E41" w:themeColor="accent1"/>
       <w:spacing w:val="-6"/>
-      <w:sz w:val="24"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0025123E"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AD758E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Schroders Circular TT" w:eastAsia="Times New Roman" w:hAnsi="Schroders Circular TT" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
-      <w:color w:val="002A5E"/>
-      <w:sz w:val="16"/>
+      <w:color w:val="0074B7" w:themeColor="accent3"/>
+      <w:sz w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F1271A"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00852601"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F1271A"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00852601"/>
     <w:rPr>
-      <w:sz w:val="17"/>
+      <w:sz w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00F75CC8"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00E64E0C"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
-      <w:spacing w:after="40"/>
       <w:ind w:left="227" w:hanging="227"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden/>
+    <w:locked/>
     <w:rsid w:val="00E64E0C"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:ind w:left="454" w:hanging="227"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
+    <w:locked/>
     <w:rsid w:val="00E64E0C"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:ind w:left="681" w:hanging="227"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00E64E0C"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:ind w:left="907" w:hanging="227"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00E64E0C"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:ind w:left="1134" w:hanging="227"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="59"/>
+    <w:uiPriority w:val="39"/>
+    <w:locked/>
     <w:rsid w:val="007E0365"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:rsid w:val="00693BF3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="0093189A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Noto Sans" w:eastAsia="Noto Sans" w:hAnsi="Noto Sans" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:b/>
-      <w:color w:val="002A5E"/>
+      <w:color w:val="001E41" w:themeColor="accent1"/>
       <w:sz w:val="16"/>
-      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumberingBold">
-[...9 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Chartandtablesubtitle">
+    <w:name w:val="Chart and table subtitle"/>
+    <w:basedOn w:val="Tabletext"/>
+    <w:next w:val="BodyText"/>
+    <w:uiPriority w:val="18"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A51FE"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:noProof/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
       <w:lang w:eastAsia="ja-JP"/>
-    </w:rPr>
-[...115 lines deleted...]
-      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...13 lines deleted...]
-    <w:semiHidden/>
+    <w:locked/>
     <w:rsid w:val="00C01FD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B17BlueFooterPeriodCovered">
-[...13 lines deleted...]
-    <w:rsid w:val="00850E0B"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00384AD6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Schroders Circular TT" w:eastAsia="Times New Roman" w:hAnsi="Schroders Circular TT" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:sz w:val="17"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B17Mastheadsubtitle">
-    <w:name w:val="B17_Masthead subtitle"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableTextBold">
+    <w:name w:val="Table Text Bold"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00A71987"/>
-[...101 lines deleted...]
-    <w:rsid w:val="00261495"/>
+    <w:locked/>
+    <w:rsid w:val="004977F0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3402"/>
       </w:tabs>
-      <w:spacing w:line="180" w:lineRule="exact"/>
+      <w:spacing w:before="60" w:after="60"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:aliases w:val="Table of Contents Level 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodytextRegular"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="009510E0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="425"/>
+        <w:tab w:val="left" w:pos="1701"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9923"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="120"/>
+      <w:ind w:left="1701" w:hanging="1701"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:b/>
+      <w:noProof/>
+      <w:color w:val="002A5E"/>
+      <w:spacing w:val="-6"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabletextunbold">
+    <w:name w:val="Table text unbold"/>
+    <w:basedOn w:val="TableTextBold"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="004977F0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="3402"/>
+        <w:tab w:val="left" w:pos="357"/>
+      </w:tabs>
+      <w:spacing w:before="40" w:after="40"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:b w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:aliases w:val="Table of Contents Level 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="003F25ED"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="992"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9923"/>
+      </w:tabs>
+      <w:spacing w:before="60"/>
+      <w:ind w:left="992" w:hanging="567"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:noProof/>
+      <w:color w:val="001E41" w:themeColor="accent1"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="0095184E"/>
+    <w:rPr>
+      <w:color w:val="001E41" w:themeColor="accent1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:aliases w:val="Table of Contents Level 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00105004"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="992"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9923"/>
+      </w:tabs>
+      <w:spacing w:before="60"/>
+      <w:ind w:left="993" w:hanging="568"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorHAnsi"/>
+      <w:noProof/>
+      <w:color w:val="002A5E"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C05D0F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="001E41" w:themeColor="accent1"/>
+      <w:sz w:val="19"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="30"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="001B725E"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="63C532" w:themeColor="accent2"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Disclaimertext">
+    <w:name w:val="Disclaimer text"/>
+    <w:next w:val="BodyText"/>
+    <w:uiPriority w:val="24"/>
+    <w:rsid w:val="00EF192B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="3402"/>
+      </w:tabs>
+      <w:spacing w:before="60" w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:sz w:val="16"/>
-      <w:szCs w:val="22"/>
-[...24 lines deleted...]
-      <w:color w:val="002A5E"/>
+      <w:szCs w:val="17"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009F59AF"/>
+    <w:locked/>
+    <w:rsid w:val="00D77720"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B17BodyText">
-[...1 lines deleted...]
-    <w:basedOn w:val="BodyText"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumerallistRegular">
+    <w:name w:val="Numeral list (Regular)"/>
+    <w:basedOn w:val="LetteredlistRegular"/>
+    <w:uiPriority w:val="15"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6343F"/>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00953A48"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="21"/>
+      </w:numPr>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B17TableText">
-    <w:name w:val="B17_Table Text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumerallistBold">
+    <w:name w:val="Numeral list (Bold)"/>
+    <w:basedOn w:val="LetteredlistBold"/>
     <w:uiPriority w:val="16"/>
     <w:qFormat/>
-    <w:rsid w:val="00D87E92"/>
+    <w:rsid w:val="00CD6C35"/>
     <w:pPr>
-      <w:spacing w:before="60" w:after="60"/>
+      <w:numPr>
+        <w:numId w:val="20"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sourcetext">
+    <w:name w:val="Source text."/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A51FE"/>
+    <w:pPr>
+      <w:spacing w:before="60" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
-      <w:szCs w:val="22"/>
-      <w:lang w:val="en-GB"/>
+      <w:szCs w:val="17"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="SchrodersTable">
-    <w:name w:val="Schroders Table"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Prussiannavyfootertextright">
+    <w:name w:val="Prussian navy footer text (right)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="0095184E"/>
+    <w:pPr>
+      <w:ind w:right="170"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:bCs/>
+      <w:color w:val="001E41" w:themeColor="accent1"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TabletextBold0">
+    <w:name w:val="Table text (Bold)"/>
+    <w:basedOn w:val="Tabletext"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00543CFC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="LetteredlistRegular">
+    <w:name w:val="Lettered list (Regular)"/>
+    <w:uiPriority w:val="13"/>
+    <w:rsid w:val="000172FF"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="LetteredlistBold">
+    <w:name w:val="Lettered list (Bold)"/>
+    <w:uiPriority w:val="14"/>
+    <w:qFormat/>
+    <w:rsid w:val="000172FF"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="17"/>
+      </w:numPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletedtextRegular">
+    <w:name w:val="Bulleted text (Regular)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="005C0F02"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:sz w:val="18"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodytextforindentedparagraph">
+    <w:name w:val="Body text for indented paragraph"/>
+    <w:basedOn w:val="BodytextRegular"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F71F5"/>
+    <w:pPr>
+      <w:ind w:left="425"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletedtextBold">
+    <w:name w:val="Bulleted text (Bold)"/>
+    <w:basedOn w:val="BulletedtextRegular"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CD6C35"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumberedlistRegular">
+    <w:name w:val="Numbered list (Regular)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="12"/>
+    <w:qFormat/>
+    <w:rsid w:val="000172FF"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:sz w:val="18"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Paragraphheaderprussiannavy">
+    <w:name w:val="Paragraph header prussian navy"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodytextRegular"/>
+    <w:uiPriority w:val="7"/>
+    <w:qFormat/>
+    <w:rsid w:val="0095184E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Schroders Circular TT" w:hAnsi="Schroders Circular TT"/>
+      <w:b/>
+      <w:color w:val="001E41" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabletext">
+    <w:name w:val="Table text"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A51FE"/>
+    <w:pPr>
+      <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodytextRegular">
+    <w:name w:val="Body text (Regular)"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A51FE"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Table">
+    <w:name w:val="Table"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E6423F"/>
+    <w:locked/>
+    <w:rsid w:val="00F805CD"/>
     <w:pPr>
-      <w:spacing w:before="60" w:after="60"/>
+      <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="19"/>
+      <w:sz w:val="18"/>
     </w:rPr>
     <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="74" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
-[...1 lines deleted...]
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
+        <w:top w:val="single" w:sz="2" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="2" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="74" w:type="dxa"/>
         <w:right w:w="74" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
-      <w:rPr>
-        <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans"/>
+      <w:pPr>
+        <w:wordWrap/>
+        <w:spacing w:beforeLines="0" w:before="60" w:beforeAutospacing="0" w:afterLines="0" w:after="60" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="18"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:top w:val="single" w:sz="2" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="2" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="002A5E"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E8EC"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
-      <w:rPr>
+      <w:pPr>
+        <w:wordWrap/>
+        <w:spacing w:beforeLines="0" w:before="60" w:beforeAutospacing="0" w:afterLines="0" w:after="60" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:b/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="18"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="002A5E"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="002A5E"/>
+          <w:top w:val="single" w:sz="2" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="2" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="D4E7FF"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E8EC"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
-      <w:rPr>
+      <w:pPr>
+        <w:wordWrap/>
+        <w:spacing w:beforeLines="0" w:before="60" w:beforeAutospacing="0" w:afterLines="0" w:after="60" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:b/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="18"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
-        <w:tcBorders>
-[...2 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="002A5E"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E8EC"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="001E41" w:themeColor="accent1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="001E41" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B17Chartandtablesubtitle">
-    <w:name w:val="B17_Chart and table subtitle"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Level3heading">
+    <w:name w:val="Level 3 heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="23"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00664470"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="exact"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:color w:val="A446BA" w:themeColor="text2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Coverdate">
+    <w:name w:val="Cover date"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
-    <w:uiPriority w:val="16"/>
+    <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00BD4EC8"/>
+    <w:rsid w:val="001A51FE"/>
     <w:pPr>
-      <w:keepNext/>
-[...75 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Schroders Circular TT" w:hAnsi="Schroders Circular TT"/>
-      <w:color w:val="002A5E"/>
-      <w:sz w:val="32"/>
+      <w:noProof/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
+    <w:aliases w:val="Footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D93436"/>
+    <w:uiPriority w:val="23"/>
+    <w:locked/>
+    <w:rsid w:val="00B405C5"/>
     <w:pPr>
-      <w:spacing w:after="0"/>
+      <w:spacing w:before="60" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="15"/>
+      <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
+    <w:aliases w:val="Footnote text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D93436"/>
+    <w:uiPriority w:val="23"/>
+    <w:rsid w:val="00B405C5"/>
     <w:rPr>
-      <w:sz w:val="15"/>
+      <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00D93436"/>
+    <w:locked/>
+    <w:rsid w:val="00D47DFF"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabletextbullet">
+    <w:name w:val="Table text bullet"/>
+    <w:basedOn w:val="Tabletext"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E31CE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="23"/>
+      </w:numPr>
+      <w:ind w:left="284" w:hanging="284"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="b17legalnumberedlist">
+    <w:name w:val="b17 legal numbered list"/>
+    <w:basedOn w:val="NoList"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:locked/>
+    <w:rsid w:val="00B7273A"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="26"/>
+      </w:numPr>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B17AtaGlance">
-[...1 lines deleted...]
-    <w:basedOn w:val="B17BodyText"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sub-bulletedtext">
+    <w:name w:val="Sub-bulleted text"/>
+    <w:basedOn w:val="BodytextRegular"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6343F"/>
+    <w:rsid w:val="00953A48"/>
     <w:pPr>
-      <w:spacing w:before="120"/>
+      <w:numPr>
+        <w:numId w:val="27"/>
+      </w:numPr>
+      <w:ind w:left="709" w:hanging="284"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Multilevellist1">
+    <w:name w:val="Multilevel list 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Multilevellistlevel2"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="0095184E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:numId w:val="35"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="3402"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="120"/>
+      <w:ind w:left="425" w:hanging="425"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Schroders Circular TT" w:hAnsi="Schroders Circular TT"/>
+      <w:color w:val="001E41" w:themeColor="accent1"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B17SectionSubheading">
-[...2 lines deleted...]
-    <w:uiPriority w:val="12"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Multilevellistlevel2">
+    <w:name w:val="Multilevel list level 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Multilevellistlevel3"/>
+    <w:uiPriority w:val="5"/>
     <w:qFormat/>
-    <w:rsid w:val="000D259D"/>
+    <w:rsid w:val="0095184E"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="120" w:line="260" w:lineRule="exact"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="35"/>
+      </w:numPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="425" w:hanging="425"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Schroders Circular TT" w:hAnsi="Schroders Circular TT"/>
-      <w:color w:val="0074B7"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-GB"/>
+      <w:color w:val="001E41" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
-[...1 lines deleted...]
-    <w:uiPriority w:val="20"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Multilevellistlevel3">
+    <w:name w:val="Multilevel list level 3"/>
+    <w:basedOn w:val="BodytextRegular"/>
+    <w:uiPriority w:val="6"/>
     <w:qFormat/>
-    <w:rsid w:val="00425C57"/>
+    <w:rsid w:val="00953A48"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="35"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Multilevellistlevel4">
+    <w:name w:val="Multilevel list level 4"/>
+    <w:basedOn w:val="BodytextRegular"/>
+    <w:uiPriority w:val="7"/>
+    <w:qFormat/>
+    <w:rsid w:val="00953A48"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="35"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent4">
+    <w:name w:val="Light Shading Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:locked/>
+    <w:rsid w:val="00251481"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:i/>
-      <w:iCs/>
+      <w:color w:val="5D2964" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7D3787" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7D3787" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="7D3787" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7D3787" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="7D3787" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7D3787" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E3C6E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E3C6E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Chartandtabletitle">
+    <w:name w:val="Chart and table title"/>
+    <w:basedOn w:val="Paragraphheaderprussiannavy"/>
+    <w:uiPriority w:val="17"/>
+    <w:qFormat/>
+    <w:rsid w:val="0046623B"/>
+    <w:pPr>
+      <w:spacing w:after="60"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...36 lines deleted...]
-    <w:rsid w:val="00FF5C2F"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00AD758E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0074B7" w:themeColor="accent3"/>
+      <w:spacing w:val="5"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...1 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:styleId="SubtleReference">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="31"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00AD758E"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="0074B7" w:themeColor="accent3"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FF5C2F"/>
+    <w:locked/>
+    <w:rsid w:val="00AD758E"/>
+    <w:rPr>
+      <w:color w:val="0074B7" w:themeColor="accent3"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable1Light">
+    <w:name w:val="Grid Table 1 Light"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004448D5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable1Light-Accent3">
+    <w:name w:val="Grid Table 1 Light Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="004448D5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7CCEFF" w:themeColor="accent3" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="7CCEFF" w:themeColor="accent3" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7CCEFF" w:themeColor="accent3" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="7CCEFF" w:themeColor="accent3" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="7CCEFF" w:themeColor="accent3" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="7CCEFF" w:themeColor="accent3" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="3AB6FF" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="3AB6FF" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="PlainTable5">
+    <w:name w:val="Plain Table 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="45"/>
+    <w:rsid w:val="00A70BFD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Coverdisclaimer">
+    <w:name w:val="Cover disclaimer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="26"/>
+    <w:qFormat/>
+    <w:rsid w:val="0095184E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="40"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:noProof/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="17"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodytextBold">
+    <w:name w:val="Body text (Bold)"/>
+    <w:basedOn w:val="BodytextRegular"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A51FE"/>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumberedlistBold">
+    <w:name w:val="Numbered list (Bold)"/>
+    <w:basedOn w:val="NumberedlistRegular"/>
+    <w:uiPriority w:val="12"/>
+    <w:qFormat/>
+    <w:rsid w:val="000172FF"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000172FF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000172FF"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabletextsub-bullet">
+    <w:name w:val="Table text sub-bullet"/>
+    <w:basedOn w:val="Tabletextbullet"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D6067"/>
+    <w:pPr>
+      <w:ind w:left="568"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00885211"/>
+    <w:rsid w:val="00E76134"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CC7C6D"/>
+    <w:rsid w:val="00156A61"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="17"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-GB"/>
+      <w:sz w:val="19"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000172FF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000172FF"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="004D385C"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004D385C"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="004D385C"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Paragraphsubtitledeepcerulean">
+    <w:name w:val="Paragraph subtitle deep cerulean"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:next w:val="BodytextRegular"/>
+    <w:uiPriority w:val="8"/>
+    <w:qFormat/>
+    <w:rsid w:val="0095184E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Schroders Circular TT" w:hAnsi="Schroders Circular TT"/>
+      <w:color w:val="00A2B5" w:themeColor="background2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PageNumber1">
+    <w:name w:val="Page Number1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:qFormat/>
+    <w:rsid w:val="0095184E"/>
+    <w:pPr>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="001E41" w:themeColor="accent1"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B17Disclaimertext">
+    <w:name w:val="B17_Disclaimer text"/>
+    <w:next w:val="BodyText"/>
+    <w:rsid w:val="006909BA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="3402"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="180" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
+      <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="32312064">
+    <w:div w:id="421335420">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="66809380">
+    <w:div w:id="937451031">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1033768715">
+          <w:marLeft w:val="403"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="40"/>
+          <w:marBottom w:val="40"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1211841490">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="180705169">
-[...62 lines deleted...]
-    <w:div w:id="313724127">
+    <w:div w:id="1284388970">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="381751317">
-[...155 lines deleted...]
-    <w:div w:id="2104720491">
+    <w:div w:id="1823959831">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schroders.lu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.schroders.com/en/lu/professional-investor/footer/complaints-handling/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eifs.lu/schroders" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schroders.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schroders.co.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.schroders.com/en/lu/professional-investor/footer/complaints-handling/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schroders.co.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schroders.lu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eifs.lu/schroders" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.bin"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\sizelal\AppData\Local\Temp\4ac7ef65-448c-41f7-a179-596e72978864_transfer%20(4).zip.864\Schroders_Fund%20Factsheet_A4_Temp_V2.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Core">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Schroders template latest">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="A446BA"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="00A2B5"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="001E41"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="63C532"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="0074B7"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="7D3787"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="BAE659"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="00796D"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0074B7"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="00A2B5"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Schroders Word">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Schroders Circular TT"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Noto Sans"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent1"/>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </a:spPr>
+      <a:bodyPr rtlCol="0" anchor="ctr"/>
+      <a:lstStyle>
+        <a:defPPr algn="ctr">
+          <a:defRPr sz="1200" dirty="0"/>
+        </a:defPPr>
+      </a:lstStyle>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="50000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr>
+        <a:noFill/>
+        <a:ln w="9525">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:headEnd type="none" w="med" len="med"/>
+          <a:tailEnd type="none" w="med" len="med"/>
+        </a:ln>
+      </a:spPr>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="50000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+    <a:txDef>
+      <a:spPr>
+        <a:noFill/>
+      </a:spPr>
+      <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+        <a:spAutoFit/>
+      </a:bodyPr>
+      <a:lstStyle>
+        <a:defPPr algn="l">
+          <a:defRPr sz="1400" dirty="0" err="1" smtClean="0">
+            <a:latin typeface="+mn-lt"/>
+          </a:defRPr>
+        </a:defPPr>
+      </a:lstStyle>
+    </a:txDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:custClrLst>
+    <a:custClr name="Prussian Navy">
+      <a:srgbClr val="001E41"/>
+    </a:custClr>
+    <a:custClr name="Bright blue">
+      <a:srgbClr val="0074B7"/>
+    </a:custClr>
+    <a:custClr name="Deep Cerulean">
+      <a:srgbClr val="00A2B5"/>
+    </a:custClr>
+    <a:custClr name="Dark green">
+      <a:srgbClr val="00796D"/>
+    </a:custClr>
+    <a:custClr name="Mid green">
+      <a:srgbClr val="63C532"/>
+    </a:custClr>
+    <a:custClr name="Light green">
+      <a:srgbClr val="BAE659"/>
+    </a:custClr>
+    <a:custClr name="Dark purple">
+      <a:srgbClr val="4F3398"/>
+    </a:custClr>
+    <a:custClr name="Mid purple">
+      <a:srgbClr val="7D3787"/>
+    </a:custClr>
+    <a:custClr name="Light purple">
+      <a:srgbClr val="A446BA"/>
+    </a:custClr>
+    <a:custClr name="Dark pink">
+      <a:srgbClr val="B71962"/>
+    </a:custClr>
+    <a:custClr name="Mid pink">
+      <a:srgbClr val="DF536A"/>
+    </a:custClr>
+    <a:custClr name="Light pink">
+      <a:srgbClr val="FF90A1"/>
+    </a:custClr>
+    <a:custClr name="Dark orange">
+      <a:srgbClr val="EA5204"/>
+    </a:custClr>
+    <a:custClr name="Mid orange">
+      <a:srgbClr val="F8A908"/>
+    </a:custClr>
+    <a:custClr name="Light orange">
+      <a:srgbClr val="FFDC53"/>
+    </a:custClr>
+    <a:custClr name="Red">
+      <a:srgbClr val="E00716"/>
+    </a:custClr>
+    <a:custClr name="Light Grey highlight">
+      <a:srgbClr val="DCE1E5"/>
+    </a:custClr>
+  </a:custClrLst>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Core" id="{FC937D77-274E-48BF-B222-0FE8C3B8DE7B}" vid="{F68DEEAB-50A4-40AE-8C56-9FF131A82147}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...102 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableUsageMapping/>
-[...537 lines deleted...]
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <AllExternalAdhocVariableMappings/>
 </file>
 
-<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB737275-B462-4000-AAA4-888B03A3B599}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7255072-AB4F-45B9-9B9D-1365B708DCB0}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps10.xml><?xml version="1.0" encoding="utf-8"?>
-[...194 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Schroders_Fund Factsheet_A4_Temp_V2</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2306</Words>
-  <Characters>12874</Characters>
+  <Words>2243</Words>
+  <Characters>12495</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>279</Lines>
-  <Paragraphs>161</Paragraphs>
+  <Lines>183</Lines>
+  <Paragraphs>97</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>[[fundname]]</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Schroders Investment Management</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15019</CharactersWithSpaces>
+  <CharactersWithSpaces>14641</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...92 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>[[fundname]]</dc:title>
   <dc:subject/>
-  <dc:creator>Shirodkar, Marco</dc:creator>
+  <dc:creator>Sizeland, Lisa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category>Schroder ISF* EURO High Yield</cp:category>
+  <cp:category>Document title with one line</cp:category>
+  <cp:contentStatus>[Insert a Date]</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100AEFF028DBF6A5A4AACCE86F7DC7A62B5</vt:lpwstr>
-[...23 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>0x010100A8101AE86B09AA42911FCC6E265D4503</vt:lpwstr>
   </property>
 </Properties>
 </file>