--- v0 (2025-12-05)
+++ v1 (2026-01-11)
@@ -106,74 +106,74 @@
           </w:tcPr>
           <w:p w14:paraId="1006E699" w14:textId="0024AD81" w:rsidR="009F59AF" w:rsidRPr="00D32BF3" w:rsidRDefault="00E7759E" w:rsidP="00BD4EC8">
             <w:pPr>
               <w:pStyle w:val="B17MastheadTitle"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc474410756"/>
             <w:r w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">Schroder </w:t>
             </w:r>
             <w:r w:rsidR="00027EFC" w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">ISF* </w:t>
             </w:r>
             <w:r w:rsidRPr="00D32BF3">
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00027EFC" w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">URO </w:t>
             </w:r>
             <w:r w:rsidR="00B05D18" w:rsidRPr="00D32BF3">
               <w:t>Credit Conviction</w:t>
             </w:r>
             <w:r w:rsidR="00662013">
               <w:t xml:space="preserve"> Short Duration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09B751C3" w14:textId="001EFA28" w:rsidR="00E7759E" w:rsidRPr="00D32BF3" w:rsidRDefault="00AE2132" w:rsidP="005503CF">
+          <w:p w14:paraId="09B751C3" w14:textId="542C71BB" w:rsidR="00E7759E" w:rsidRPr="00D32BF3" w:rsidRDefault="00AE2132" w:rsidP="005503CF">
             <w:pPr>
               <w:pStyle w:val="B17MastheadSmallSubtitle"/>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">Fund </w:t>
             </w:r>
             <w:r w:rsidR="0055783F" w:rsidRPr="00D32BF3">
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">anager: </w:t>
             </w:r>
             <w:r w:rsidR="00164E97" w:rsidRPr="00D32BF3">
               <w:t>Patrick Vogel</w:t>
             </w:r>
             <w:r w:rsidR="00417C1C" w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">| Fund update: </w:t>
             </w:r>
-            <w:r w:rsidR="00077E14">
-              <w:t>October</w:t>
+            <w:r w:rsidR="00707826">
+              <w:t>November</w:t>
             </w:r>
             <w:r w:rsidR="00F6738E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D32BF3">
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="008379D9">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17905BB0" w14:textId="77777777" w:rsidR="00F83AFE" w:rsidRPr="00B76737" w:rsidRDefault="00F83AFE" w:rsidP="00B831A3">
       <w:pPr>
         <w:pStyle w:val="B17BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="181A3958" w14:textId="77777777" w:rsidR="00B831A3" w:rsidRDefault="00B831A3" w:rsidP="001C7C75">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:sectPr w:rsidR="00B831A3" w:rsidSect="008C2794">
           <w:footerReference w:type="even" r:id="rId34"/>
           <w:footerReference w:type="default" r:id="rId35"/>
@@ -183,475 +183,415 @@
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="624" w:right="992" w:bottom="851" w:left="992" w:header="709" w:footer="284" w:gutter="0"/>
           <w:cols w:space="284"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4116A69B" w14:textId="77777777" w:rsidR="00942BD1" w:rsidRPr="00942BD1" w:rsidRDefault="00942BD1" w:rsidP="00942BD1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D0266A5" w14:textId="77777777" w:rsidR="003C4151" w:rsidRDefault="00AE2132" w:rsidP="0055783F">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="-284"/>
       </w:pPr>
       <w:r>
         <w:t>Performance overview</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F458DFA" w14:textId="57199976" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="002B4B2C" w:rsidP="00077E14">
+    <w:p w14:paraId="1DE24D34" w14:textId="75C7F58D" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk128747504"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00707826">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve">Spreads </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">European credit spreads tightened modestly during October, underpinned by a strong technical backdrop with continuing fund inflows into the euro-denominated investment grade market. </w:t>
+        <w:t xml:space="preserve">Events in the US were the main influence on credit markets during November. Initially markets weakened as the Federal Reserve (Fed) adopted a more hawkish tone on monetary policy, while high issuance volumes from major US technology companies to fund AI-related investment also weighed on sentiment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C767AA" w14:textId="43723877" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00077E14">
+    <w:p w14:paraId="7CAD95F1" w14:textId="07F69C04" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00077E14">
+      <w:r w:rsidRPr="00707826">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve">The third quarter earnings season in Europe has depicted a mixed picture. Results for the banking sector were better-than-expected, highlighting a further expansion of net interest margins. In contrast, several cyclical sectors exhibited weakness. Notably chemicals, where the impact of overcapacity and higher energy costs continues to erode margins, and the autos sector which faces headwinds from US tariffs and weaker demand in China. </w:t>
+        <w:t xml:space="preserve">Subsequently, weaker US economic indicators combined with a more dovish tone from the Fed paved the way for additional interest rate cuts and triggered a rally. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="157A6604" w14:textId="66EECA01" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00077E14">
+    <w:p w14:paraId="7AF3B6CB" w14:textId="39AF88B8" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00077E14">
+      <w:r w:rsidRPr="00707826">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve">In contrast to European markets, spreads on US investment grade widened as the collapse of two US firms – First Brands and </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> – fuelled concerns about residual risk in the private credit market. High volumes of new issuance from major US technology companies to fund AI-related investment also weighed on sentiment. </w:t>
+        <w:t xml:space="preserve">In European credit markets, spreads widened over the month as investors digested record new issuance volumes for November.  BBB-rated and higher yielding securities lost ground, as did corporate hybrids. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5B8F9D" w14:textId="60CA9A97" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00077E14">
+    <w:p w14:paraId="2B4C2FB7" w14:textId="07F3BC18" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00077E14">
+      <w:r w:rsidRPr="00707826">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve">October’s European Central Bank (ECB) meeting was uneventful, with interest rates held at 2% as expected. French politics remained in the spotlight, with Prime Minister Lecornu’s resignation then subsequent reappointment. He later survived two votes of no-confidence following concessions on pension reforms. S&amp;P downgraded France’s sovereign rating to A+ (previously AA-) citing ongoing political instability.  </w:t>
+        <w:t xml:space="preserve">There was further evidence of an improvement in the eurozone economic backdrop heading towards the end of the year. The Composite Purchasing Managers Index (PMI) for November highlighted the strongest expansion in private sector activity in two and a half years. This momentum was underpinned by the strength of the services sector activity, while in contrast there was a slowdown in manufacturing amid signs of renewed demand-side weakness.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC340DD" w14:textId="18FBFC4D" w:rsidR="00FE3D70" w:rsidRDefault="00077E14" w:rsidP="00077E14">
+    <w:p w14:paraId="24CF45D7" w14:textId="77777777" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="270"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00077E14">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>Third quarter economic growth for the eurozone was slightly better-than-expected while inflation remains broadly in line with the ECB’s 2% target. The Eurozone Composite Purchasing Managers Index (PMI) for October recorded its strongest expansion in 17 months, with a sharp acceleration in services sector activity, although manufacturing output registered only a slight increase</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00707826">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services sector activity is currently the principal driver of headline inflation, which came in marginally higher than expected for November at 2.2%, and above the European Central Bank’s (ECB) 2% target for the third consecutive month.  The ECB is expected to leave interest rates on hold in December, with investors anticipating that the cycle of rate reductions, which began in June last year, has now run its course. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="03AB74DE" w14:textId="77777777" w:rsidR="00730B85" w:rsidRDefault="00730B85" w:rsidP="00C90521">
+    <w:p w14:paraId="03AB74DE" w14:textId="3EB71216" w:rsidR="00730B85" w:rsidRDefault="00730B85" w:rsidP="00707826">
       <w:pPr>
-        <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+        </w:tabs>
+        <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4437F23B" w14:textId="1EB43D96" w:rsidR="00AE2132" w:rsidRPr="008174A3" w:rsidRDefault="00AE2132" w:rsidP="00C90521">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
       </w:pPr>
       <w:r w:rsidRPr="00234B2C">
         <w:t>Drivers of fund performance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48D4F968" w14:textId="47D2458A" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00077E14">
+    <w:p w14:paraId="7557CE2E" w14:textId="41D2376F" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00077E14">
-        <w:t>The Fund posted a positive total return, marginally underperforming the reference benchmark during October after fees.</w:t>
+      <w:r w:rsidRPr="00707826">
+        <w:t>The Fund posted a positive total return but outperformed the reference benchmark during November after fees.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CBDB36D" w14:textId="1AE4A3CE" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00077E14">
+    <w:p w14:paraId="0D5C6858" w14:textId="0FBFF047" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00077E14">
-        <w:t xml:space="preserve">Security selection in the services, automotives, financial services and subordinated financials was additive. </w:t>
+      <w:r w:rsidRPr="00707826">
+        <w:t xml:space="preserve">Security selection in the banking and financial services was additive. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381FF1F3" w14:textId="4381CBB7" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00077E14">
+    <w:p w14:paraId="18BB2F88" w14:textId="4DA588C5" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00077E14">
-        <w:t>Exposure to high yield credit detracted as spreads widened.</w:t>
+      <w:r w:rsidRPr="00707826">
+        <w:t xml:space="preserve">Our holding in a European </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00707826">
+        <w:t>payments</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00707826">
+        <w:t xml:space="preserve"> processor rebounded, following a positive capital markets day, as a programme of asset disposals and equity funding have improved sentiment on the company’s credit outlook. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="418EB7E1" w14:textId="3E31AFB1" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00077E14">
+    <w:p w14:paraId="0BDBC607" w14:textId="6EB0844F" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00077E14">
-        <w:t xml:space="preserve">Off-benchmark exposure to Romania made a positive contribution, as several corporate issues attracting strong demand, boosting sentiment with the country’s sovereign debt continuing to outperform European peers.  </w:t>
+      <w:r w:rsidRPr="00707826">
+        <w:t xml:space="preserve">Off-benchmark exposure to Romania continues to make a positive contribution, as the country’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707826">
+        <w:t xml:space="preserve">sovereign debt has a low correlation with the euro-denominated investment grade market.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AED1406" w14:textId="00DA0F35" w:rsidR="00ED7974" w:rsidRPr="00FC57A5" w:rsidRDefault="00077E14" w:rsidP="00077E14">
+    <w:p w14:paraId="0AED1406" w14:textId="11447468" w:rsidR="00ED7974" w:rsidRPr="00FC57A5" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00077E14">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00707826">
+        <w:t xml:space="preserve">Within the real estate sector, our holding in a Nordic commercial developer weakened as an impending takeover by the now majority shareholder, which has secured funding to delist the company, triggered a downgrade in the credit rating.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AA3825D" w14:textId="77777777" w:rsidR="005105CD" w:rsidRDefault="005105CD" w:rsidP="00FC57A5">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:spacing w:before="250"/>
         <w:ind w:right="-142"/>
       </w:pPr>
       <w:r w:rsidRPr="00881C80">
         <w:t>Portfolio activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23186929" w14:textId="3A2E16E8" w:rsidR="00DE0916" w:rsidRPr="00DE0916" w:rsidRDefault="00DE0916" w:rsidP="00DE0916">
+    <w:p w14:paraId="5691E521" w14:textId="1EB28394" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk71212939"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">With credit spreads at tight levels, we have retained a cautious approach. The Fund’s spread duration has been reduced and is now in line with the reference benchmark, limiting the portfolio’s sensitivity to any widening of credit spreads.  </w:t>
+      <w:bookmarkStart w:id="1" w:name="_Hlk71212939"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk116294290"/>
+      <w:r w:rsidRPr="00707826">
+        <w:t xml:space="preserve">With credit spreads at tight levels, we have retained a cautious approach. The Fund’s spread duration is slightly above the reference benchmark, limiting the portfolio’s sensitivity to any widening of credit spreads.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9E558F" w14:textId="1B1885DE" w:rsidR="00DE0916" w:rsidRPr="00DE0916" w:rsidRDefault="00DE0916" w:rsidP="00DE0916">
+    <w:p w14:paraId="21F259B1" w14:textId="22580B3B" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DE0916">
-        <w:t xml:space="preserve">During October, we further reduced exposure to higher beta BBB-rated securities.  </w:t>
+      <w:r w:rsidRPr="00707826">
+        <w:t xml:space="preserve">During November, we further reduced exposure to higher beta securities, selling holdings in a European auto manufacturer and a US specialist retailer, as well as a medium-dated issue from a US data base company.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53969AEA" w14:textId="2DF6B922" w:rsidR="00DE0916" w:rsidRPr="00DE0916" w:rsidRDefault="00DE0916" w:rsidP="00DE0916">
+    <w:p w14:paraId="6967B2AA" w14:textId="77777777" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DE0916">
-        <w:t xml:space="preserve">As a tactical measure, we increased exposure to sovereign debt, parking funds in German bunds and awaiting investment opportunities to redeploy cash into credit markets. </w:t>
+      <w:r w:rsidRPr="00707826">
+        <w:t xml:space="preserve">We adopted a highly selective approach to participating in the primary market during November. We participated in an issue of senior secured bonds from German pharmaceutical group </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00707826">
+        <w:t>Gruenethal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00707826">
+        <w:t xml:space="preserve">, a specialist in pain management, the proceeds from which will be partially used to pay down existing liabilities as well as for general business purposes.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="526CDE08" w14:textId="26A2514D" w:rsidR="00DE0916" w:rsidRPr="00DE0916" w:rsidRDefault="00DE0916" w:rsidP="00DE0916">
+    <w:p w14:paraId="74F516D3" w14:textId="0C0A8018" w:rsidR="00054FF8" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DE0916">
-        <w:t xml:space="preserve">Similarly, we established a holding in a well-capitalised Turkish bank which is majority owned by a leading European financial services company. </w:t>
+      <w:r w:rsidRPr="00707826">
+        <w:t xml:space="preserve">In the energy sector, we added new holdings in medium-dated senior secured first lien bonds to refinance existing debt, from a company which focuses on drilling services in the oil and gas industry, as well as euro-denominated from a Norwegian oil and gas producer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="426B6D05" w14:textId="46D491AD" w:rsidR="00DE0916" w:rsidRPr="00DE0916" w:rsidRDefault="00DE0916" w:rsidP="00DE0916">
-[...37 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="5CD961DF" w14:textId="7A1096D2" w:rsidR="00AE2132" w:rsidRDefault="00AE2132" w:rsidP="007B1280">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:spacing w:before="250"/>
         <w:ind w:right="-142"/>
       </w:pPr>
       <w:r>
         <w:t>Outlook</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F69713" w14:textId="1BB59C85" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00077E14">
+    <w:p w14:paraId="5D191CA0" w14:textId="55081663" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk194960582"/>
-[...20 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk153186481"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk158284516"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk89696232"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk84431178"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk76540173"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk68710450"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk216105344"/>
+      <w:r w:rsidRPr="00707826">
+        <w:t>We remain moderately positive on the economic outlook for the eurozone. The services sector is rebounding strongly, while the labour market remains resilient. In contrast to the rise in unemployment in the US, eurozone unemployment has equalled all-time lows in recent months. However, we have yet to see any broad recovery in the manufacturing sector and the order to inventory ratio in many sectors is still negative. Inflation measures continue to suggest an underlying trend that is hovering slightly above its 2% target.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="44D18117" w14:textId="7BB72567" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00077E14">
+    <w:p w14:paraId="1ACF3A6B" w14:textId="0B4F7ECE" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00077E14">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00707826">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Investors have adopted a broadly positive view on the impact from German fiscal stimulus, in the form of higher infrastructure and defence spending, on the growth prospects for the economy. However, there are clear risks that the multiplier effects from fiscal stimulus could prove be more limited than widely anticipated. Not least because the German government needs to address the issues of funding the state pension system, as well as healthcare provision, against a backdrop of a long-term decline in the workforce on current demographic trends. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6C62DE3E" w14:textId="50A9F84A" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00077E14">
+    <w:p w14:paraId="0804B0C4" w14:textId="63BB679B" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00077E14">
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="_Hlk194960662"/>
+      <w:r w:rsidRPr="00707826">
+        <w:t>Accordingly, we are placing a strong emphasis on credit quality with a clear preference for non-cyclical sectors, maintaining a cautious view on the prospects for cyclicals in the eurozone, particularly at a time when credit spreads at index level measured over government bonds are expensive relative to historic levels.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="76D00ED6" w14:textId="759E7847" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00077E14">
+    <w:p w14:paraId="36FDF245" w14:textId="77777777" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00077E14">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00707826">
+        <w:t>Cognisant of market valuations, we have positioned the portfolio defensively, while still picking up good carry, in view of the risk of a widening of credit spreads particularly if we reach a turning point on inflows into the euro investment grade market.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="26D62746" w14:textId="77777777" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00077E14">
+    <w:p w14:paraId="26D62746" w14:textId="4CB1249F" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00707826">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:ind w:left="142" w:hanging="270"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="-128"/>
       </w:pPr>
-      <w:r w:rsidRPr="00077E14">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="16850306" w14:textId="0F1AA196" w:rsidR="00D332C8" w:rsidRPr="00B23899" w:rsidRDefault="00D332C8" w:rsidP="00077E14">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="-128"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07D1A7D1" w14:textId="587FEF9C" w:rsidR="00D332C8" w:rsidRDefault="00D332C8" w:rsidP="005C6685">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B23899">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="480BE28E" w14:textId="1B091E0B" w:rsidR="0019660A" w:rsidRDefault="0019660A" w:rsidP="00077E14">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B9417B4" w14:textId="77777777" w:rsidR="009604FB" w:rsidRDefault="009604FB" w:rsidP="00077E14">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:right="-41"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D4669A2" w14:textId="141B21E6" w:rsidR="00E5010E" w:rsidRDefault="009604FB" w:rsidP="00525DF8">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
@@ -660,54 +600,54 @@
         </w:numPr>
         <w:ind w:left="-13" w:right="-41"/>
       </w:pPr>
       <w:r w:rsidRPr="00C3138B">
         <w:t>Past performance does not predict future returns.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3138B">
         <w:t>Th</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3138B">
         <w:t>value of investments and the income from them may go down as well as up and investors may not get back the amount originally invested.</w:t>
       </w:r>
       <w:r w:rsidR="00E5010E" w:rsidRPr="00957608">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00E5010E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkEnd w:id="9"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
     <w:p w14:paraId="214F4671" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="00052E16" w:rsidRDefault="00AE2132" w:rsidP="0055783F">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00052E16">
         <w:t>Calendar year performance (%)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5148" w:type="pct"/>
         <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="74" w:type="dxa"/>
           <w:right w:w="74" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
@@ -2158,51 +2098,54 @@
         </w:rPr>
         <w:t>Currency risk / hedged shar</w:t>
       </w:r>
       <w:r w:rsidR="00964F91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="0013369B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>class</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0013369B">
-        <w:t>The hedging of the share class may not be fully effective and residual currency exposure may remain. The cost associated with hedging may impact performance and potential gains may be more limited than for unhedged share classes.</w:t>
+        <w:t xml:space="preserve">The hedging of the share class may not be fully effective and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013369B">
+        <w:t>residual currency exposure may remain. The cost associated with hedging may impact performance and potential gains may be more limited than for unhedged share classes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BA9C228" w14:textId="77777777" w:rsidR="00071EF9" w:rsidRPr="0013369B" w:rsidRDefault="00071EF9">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00C45078">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Derivatives risk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="0013369B" w:rsidRPr="0013369B">
         <w:t>Derivatives may be used to manage the portfolio efficiently. The fund may also materially invest in derivatives including using short selling and leverage techniques with the aim of making a return. A derivative may not perform as expected, may create losses greater than the cost of the derivative and may result in losses to the fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8A5703" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
@@ -2237,114 +2180,117 @@
     </w:p>
     <w:p w14:paraId="302E01B0" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Interest rate risk</w:t>
       </w:r>
       <w:r>
         <w:t>: The fund may lose value as a direct result of interest rate changes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70037C06" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>Liquidity risk</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: In difficult market conditions, the fund may not be able to sell a security for full value or at all. This could affect performance and could </w:t>
+      </w:r>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Liquidity risk</w:t>
-[...2 lines deleted...]
-        <w:t>: In difficult market conditions, the fund may not be able to sell a security for full value or at all. This could affect performance and could cause the fund to defer or suspend redemptions of its shares.</w:t>
+        <w:t>cause the fund to defer or suspend redemptions of its shares.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50B9F022" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Market risk</w:t>
       </w:r>
       <w:r>
         <w:t>: The value of investments can go up and down and an investor may not get back the amount initially invested.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="083E2F3B" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Operational risk</w:t>
       </w:r>
       <w:r>
         <w:t>: Operational processes, including those related to the safekeeping of assets, may fail. This may result in losses to the fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54A6ACF8" w14:textId="77777777" w:rsidR="0013369B" w:rsidRDefault="0013369B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="0013369B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Performance risk</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0013369B">
-        <w:t xml:space="preserve">Investment objectives express an intended result but there is no guarantee that such a result will be achieved. Depending on </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">market conditions and the </w:t>
+        <w:t xml:space="preserve">Investment objectives express an intended result but there is no guarantee that such a result will be achieved. Depending on market conditions and the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0013369B">
         <w:t>macro economic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0013369B">
-        <w:t xml:space="preserve"> environment, investment objectives may become more difficult to achieve.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013369B">
+        <w:t>environment, investment objectives may become more difficult to achieve.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19468B53" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sustainability risk</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: The fund has environmental and/or social characteristics. This means it may have limited exposure to some companies, industries or sectors and may forego certain investment opportunities, or dispose of certain holdings, that do not align with its sustainability criteria. Therefore, the fund may underperform other funds that do not apply similar criteria. The fund may invest in companies that do not reflect the beliefs and values of any </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>particular investor</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
@@ -2492,57 +2438,57 @@
       </w:r>
       <w:r w:rsidR="0087055F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C97C87">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Any reference to sectors/countries/stocks/securities are for illustrative purposes only and not a recommendation to buy or sell any financial instrument/securities or adopt any investment strategy. Past Performance is not a guide to future performance and may not be repeated. The value of investments and the income from them may go down as well as up and investors may not get back the amounts originally invested. Exchange rate changes may cause the value of investments to fall as well as rise. Schroders has expressed its own views and opinions in this </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C97C87">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>document</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C97C87">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> and these may change. Third party data including MSCI data is owned or licensed by the data provider and may not be reproduced or extracted and used for any other purpose without the data provider's consent. Third party data is </w:t>
+        <w:t xml:space="preserve"> and these may change. Third party data including MSCI data is owned or licensed by the data provider and may not be reproduced or extracted and used for any other purpose without the data provider's consent. Third party data is provided without any warranties of any kind. The data provider and issuer of the document shall have no liability in connection </w:t>
       </w:r>
       <w:r w:rsidRPr="00C97C87">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">provided without any warranties of any kind. The data provider and issuer of the document shall have no liability in connection with the third party data. The terms of the third party’s specific disclaimers, if any, are set forth in the Important Information section at </w:t>
+        <w:t xml:space="preserve">with the third party data. The terms of the third party’s specific disclaimers, if any, are set forth in the Important Information section at </w:t>
       </w:r>
       <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidR="00C47866" w:rsidRPr="003A77FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.schroders.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C97C87">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. Schroders will be a data controller in respect of your personal data. For information on how Schroders might process your personal data, please view our Privacy Policy available at </w:t>
       </w:r>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidR="00C47866" w:rsidRPr="003A77FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.schroders.com/en/privacy-policy/</w:t>
         </w:r>
       </w:hyperlink>
@@ -4001,66 +3947,72 @@
     <w:tblGrid>
       <w:gridCol w:w="9555"/>
       <w:gridCol w:w="367"/>
     </w:tblGrid>
     <w:tr w:rsidR="00EA5451" w:rsidRPr="00D32BF3" w14:paraId="61E0738B" w14:textId="77777777" w:rsidTr="00D32BF3">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="624"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="10265" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="44488E26" w14:textId="7F577A26" w:rsidR="00662112" w:rsidRPr="00D32BF3" w:rsidRDefault="00B05D18" w:rsidP="00D32BF3">
           <w:pPr>
             <w:pStyle w:val="B17ColouredFooterRIGHT"/>
             <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="00D32BF3">
             <w:t>Schroder ISF* EURO Credit Conviction</w:t>
           </w:r>
           <w:r w:rsidR="00AB27FB">
             <w:t xml:space="preserve"> Short Duration</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2E822A69" w14:textId="2D56B5CC" w:rsidR="006E0C71" w:rsidRPr="00D32BF3" w:rsidRDefault="00D57B82" w:rsidP="00D32BF3">
+        <w:p w14:paraId="2E822A69" w14:textId="256B005A" w:rsidR="006E0C71" w:rsidRPr="00D32BF3" w:rsidRDefault="00D57B82" w:rsidP="00D32BF3">
           <w:pPr>
             <w:pStyle w:val="B17ColouredFooterRIGHT"/>
             <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="00D32BF3">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Fund Manager: Patrick Vogel | Fund update: </w:t>
           </w:r>
+          <w:r w:rsidR="00707826">
+            <w:rPr>
+              <w:b w:val="0"/>
+            </w:rPr>
+            <w:t>November</w:t>
+          </w:r>
           <w:r w:rsidR="00077E14">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
-            <w:t>October 2025</w:t>
+            <w:t xml:space="preserve"> 2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="393" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="52A1D97B" w14:textId="45355DF1" w:rsidR="00662112" w:rsidRPr="00D32BF3" w:rsidRDefault="006A3B92" w:rsidP="00D32BF3">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <mc:AlternateContent>
               <mc:Choice Requires="wps">
                 <w:drawing>
                   <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BEC3B51" wp14:editId="5CEE8371">
                     <wp:simplePos x="0" y="0"/>
@@ -5058,54 +5010,53 @@
             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00D32BF3">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00A756D1" w:rsidRPr="00D32BF3">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:noProof/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00D32BF3">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="7ABD9793" w14:textId="77777777" w:rsidR="00871E8C" w:rsidRPr="008263AD" w:rsidRDefault="00871E8C" w:rsidP="000C5A9F">
+  <w:p w14:paraId="7ABD9793" w14:textId="77777777" w:rsidR="00871E8C" w:rsidRPr="008263AD" w:rsidRDefault="00871E8C" w:rsidP="00707826">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="385D956E" w14:textId="77777777" w:rsidR="00871E8C" w:rsidRDefault="00871E8C" w:rsidP="00326778">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5215" w:type="pct"/>
       <w:tblInd w:w="-284" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -7170,50 +7121,51 @@
     <w:rsid w:val="006F1AC8"/>
     <w:rsid w:val="006F1B8B"/>
     <w:rsid w:val="006F1D9E"/>
     <w:rsid w:val="006F1F44"/>
     <w:rsid w:val="006F2B60"/>
     <w:rsid w:val="006F2C6A"/>
     <w:rsid w:val="006F463D"/>
     <w:rsid w:val="006F4660"/>
     <w:rsid w:val="006F5148"/>
     <w:rsid w:val="006F6DC3"/>
     <w:rsid w:val="006F79DF"/>
     <w:rsid w:val="006F7CA3"/>
     <w:rsid w:val="00701056"/>
     <w:rsid w:val="0070107B"/>
     <w:rsid w:val="007014F8"/>
     <w:rsid w:val="00702C2A"/>
     <w:rsid w:val="00703136"/>
     <w:rsid w:val="007038CC"/>
     <w:rsid w:val="00703BF3"/>
     <w:rsid w:val="00704167"/>
     <w:rsid w:val="007046FB"/>
     <w:rsid w:val="00704EE6"/>
     <w:rsid w:val="0070600A"/>
     <w:rsid w:val="007064A9"/>
     <w:rsid w:val="00706EF4"/>
+    <w:rsid w:val="00707826"/>
     <w:rsid w:val="00711668"/>
     <w:rsid w:val="007119C0"/>
     <w:rsid w:val="00711F8B"/>
     <w:rsid w:val="0071263E"/>
     <w:rsid w:val="00712E90"/>
     <w:rsid w:val="00713C57"/>
     <w:rsid w:val="00715352"/>
     <w:rsid w:val="007153CA"/>
     <w:rsid w:val="00716A3B"/>
     <w:rsid w:val="00716CAA"/>
     <w:rsid w:val="00717865"/>
     <w:rsid w:val="007179D5"/>
     <w:rsid w:val="00717DCD"/>
     <w:rsid w:val="00720962"/>
     <w:rsid w:val="007211ED"/>
     <w:rsid w:val="007217E6"/>
     <w:rsid w:val="00721DD5"/>
     <w:rsid w:val="00723FBE"/>
     <w:rsid w:val="00724F87"/>
     <w:rsid w:val="0072671D"/>
     <w:rsid w:val="0073012B"/>
     <w:rsid w:val="00730B85"/>
     <w:rsid w:val="00730EC9"/>
     <w:rsid w:val="00732182"/>
     <w:rsid w:val="0073234D"/>
@@ -8275,50 +8227,51 @@
     <w:rsid w:val="00CF27C9"/>
     <w:rsid w:val="00CF3626"/>
     <w:rsid w:val="00CF3817"/>
     <w:rsid w:val="00CF5328"/>
     <w:rsid w:val="00CF7401"/>
     <w:rsid w:val="00D0063C"/>
     <w:rsid w:val="00D00CCB"/>
     <w:rsid w:val="00D01F4D"/>
     <w:rsid w:val="00D02198"/>
     <w:rsid w:val="00D03806"/>
     <w:rsid w:val="00D03C7E"/>
     <w:rsid w:val="00D041DE"/>
     <w:rsid w:val="00D0524A"/>
     <w:rsid w:val="00D053DE"/>
     <w:rsid w:val="00D05C4E"/>
     <w:rsid w:val="00D105AE"/>
     <w:rsid w:val="00D111B0"/>
     <w:rsid w:val="00D1223E"/>
     <w:rsid w:val="00D1234A"/>
     <w:rsid w:val="00D12637"/>
     <w:rsid w:val="00D130A4"/>
     <w:rsid w:val="00D136C6"/>
     <w:rsid w:val="00D14059"/>
     <w:rsid w:val="00D1475E"/>
     <w:rsid w:val="00D14886"/>
+    <w:rsid w:val="00D17F7A"/>
     <w:rsid w:val="00D2162A"/>
     <w:rsid w:val="00D23438"/>
     <w:rsid w:val="00D23F67"/>
     <w:rsid w:val="00D24986"/>
     <w:rsid w:val="00D25085"/>
     <w:rsid w:val="00D25F72"/>
     <w:rsid w:val="00D3038F"/>
     <w:rsid w:val="00D3129E"/>
     <w:rsid w:val="00D32BF3"/>
     <w:rsid w:val="00D332C8"/>
     <w:rsid w:val="00D33633"/>
     <w:rsid w:val="00D34799"/>
     <w:rsid w:val="00D34C38"/>
     <w:rsid w:val="00D35D85"/>
     <w:rsid w:val="00D36114"/>
     <w:rsid w:val="00D40665"/>
     <w:rsid w:val="00D41924"/>
     <w:rsid w:val="00D41CBB"/>
     <w:rsid w:val="00D41CC8"/>
     <w:rsid w:val="00D41D4E"/>
     <w:rsid w:val="00D42BBB"/>
     <w:rsid w:val="00D4323D"/>
     <w:rsid w:val="00D437BC"/>
     <w:rsid w:val="00D43F38"/>
     <w:rsid w:val="00D4454A"/>
@@ -10899,186 +10852,54 @@
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps8.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps9.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableList UniqueId="cef6696b-cc44-400c-a143-c0247c66202d" Name="Computed" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="ad8b6a6e-acd5-4b0f-937c-61d6e047e17f" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+<VariableList UniqueId="89cb3e8f-aa55-4601-ad38-1b958174d266" Name="AD_HOC" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="ee45275a-de19-416e-9d22-490157ad7a54" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
 </file>
 
 <file path=customXml/item10.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableListDefinition name="AD_HOC" displayName="AD_HOC" id="89cb3e8f-aa55-4601-ad38-1b958174d266" isdomainofvalue="False" dataSourceId="ee45275a-de19-416e-9d22-490157ad7a54"/>
-[...130 lines deleted...]
-<file path=customXml/item23.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AEFF028DBF6A5A4AACCE86F7DC7A62B5" ma:contentTypeVersion="33" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="32feb9ebb17725f20c1612b1586cc654">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69ece4c0-e639-4d27-a408-778c245e4fea" xmlns:ns3="c8fafc93-787e-4f10-bd18-bb5398e89066" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a4cf37c1eab08ba47b2e216147d5e197" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69ece4c0-e639-4d27-a408-778c245e4fea"/>
     <xsd:import namespace="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
@@ -11356,374 +11177,506 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item24.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableListDefinition name="System" displayName="System" id="8282689e-c4a1-46ae-839e-56428b506614" isdomainofvalue="False" dataSourceId="93a9c6a9-1bb2-4681-8722-67314e685cec"/>
+<file path=customXml/item11.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="AD_HOC" displayName="AD_HOC" id="89cb3e8f-aa55-4601-ad38-1b958174d266" isdomainofvalue="False" dataSourceId="ee45275a-de19-416e-9d22-490157ad7a54"/>
 </file>
 
-<file path=customXml/item25.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableUsageMapping/>
+<file path=customXml/item12.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceInfo>
+  <Id>ad8b6a6e-acd5-4b0f-937c-61d6e047e17f</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>Expression</DataSourceType>
+  <Name>Computed</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
 </file>
 
-<file path=customXml/item26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item13.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="System" TargetDataSourceId="93a9c6a9-1bb2-4681-8722-67314e685cec"/>
+</file>
+
+<file path=customXml/item14.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceInfo>
+  <Id>93a9c6a9-1bb2-4681-8722-67314e685cec</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>System</DataSourceType>
+  <Name>System</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
+</file>
+
+<file path=customXml/item15.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item16.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceMapping>
+  <Id>2ed5c66a-b5f1-4f52-a101-dc392f92eb29</Id>
+  <Name>EXPRESSION_VARIABLE_MAPPING</Name>
+  <TargetDataSource>ad8b6a6e-acd5-4b0f-937c-61d6e047e17f</TargetDataSource>
+  <SourceType>XML File</SourceType>
+  <IsReadOnly>false</IsReadOnly>
+  <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
+  <SalesforceOrganizationName/>
+  <SalesforceApiVersion/>
+  <Properties/>
+  <RawMappings/>
+  <DesignTimeProperties/>
+</DataSourceMapping>
+</file>
+
+<file path=customXml/item17.xml><?xml version="1.0" encoding="utf-8"?>
+<AllWordPDs>
+</AllWordPDs>
+</file>
+
+<file path=customXml/item18.xml><?xml version="1.0" encoding="utf-8"?>
+<AllMetadata/>
+</file>
+
+<file path=customXml/item19.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="AD_HOC" TargetDataSourceId="ee45275a-de19-416e-9d22-490157ad7a54"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item20.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableList UniqueId="8282689e-c4a1-46ae-839e-56428b506614" Name="System" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="93a9c6a9-1bb2-4681-8722-67314e685cec" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+</file>
+
+<file path=customXml/item21.xml><?xml version="1.0" encoding="utf-8"?>
 <DataSourceMapping>
   <Id>dec0d057-3e5d-4a0d-a4b6-c0cb5a7854aa</Id>
   <Name>AD_HOC_MAPPING</Name>
   <TargetDataSource>ee45275a-de19-416e-9d22-490157ad7a54</TargetDataSource>
   <SourceType>XML File</SourceType>
   <IsReadOnly>false</IsReadOnly>
   <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
   <SalesforceOrganizationName/>
   <SalesforceApiVersion/>
   <Properties>
     <Property Name="RecordSeperator" Value="SampleData/DataRecord"/>
   </Properties>
   <RawMappings/>
   <DesignTimeProperties/>
 </DataSourceMapping>
 </file>
 
+<file path=customXml/item22.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="Computed" displayName="Computed" id="cef6696b-cc44-400c-a143-c0247c66202d" isdomainofvalue="False" dataSourceId="ad8b6a6e-acd5-4b0f-937c-61d6e047e17f"/>
+</file>
+
+<file path=customXml/item23.xml><?xml version="1.0" encoding="utf-8"?>
+<CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
+  <PublishDate>Fund Manager: Patrick Vogel | Fund update: September 2022</PublishDate>
+  <Abstract/>
+  <CompanyAddress/>
+  <CompanyPhone/>
+  <CompanyFax/>
+  <CompanyEmail/>
+</CoverPageProperties>
+</file>
+
+<file path=customXml/item24.xml><?xml version="1.0" encoding="utf-8"?>
+<DocPartTree/>
+</file>
+
+<file path=customXml/item25.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceInfo>
+  <Id>ee45275a-de19-416e-9d22-490157ad7a54</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>Ad_Hoc</DataSourceType>
+  <Name>AD_HOC</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
+</file>
+
+<file path=customXml/item26.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="Computed" TargetDataSourceId="ad8b6a6e-acd5-4b0f-937c-61d6e047e17f"/>
+</file>
+
 <file path=customXml/item27.xml><?xml version="1.0" encoding="utf-8"?>
-<AllWordPDs>
-</AllWordPDs>
+<VariableUsageMapping/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableListDefinition name="Computed" displayName="Computed" id="cef6696b-cc44-400c-a143-c0247c66202d" isdomainofvalue="False" dataSourceId="ad8b6a6e-acd5-4b0f-937c-61d6e047e17f"/>
+<DataSourceMapping>
+  <Id>c6d307e8-be74-4b6a-9c8e-c8adb9822790</Id>
+  <Name>EXPRESSION_VARIABLE_MAPPING</Name>
+  <TargetDataSource>93a9c6a9-1bb2-4681-8722-67314e685cec</TargetDataSource>
+  <SourceType>XML File</SourceType>
+  <IsReadOnly>false</IsReadOnly>
+  <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
+  <SalesforceOrganizationName/>
+  <SalesforceApiVersion/>
+  <Properties/>
+  <RawMappings/>
+  <DesignTimeProperties/>
+</DataSourceMapping>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<SourceDataModel Name="System" TargetDataSourceId="93a9c6a9-1bb2-4681-8722-67314e685cec"/>
+<VariableList UniqueId="cef6696b-cc44-400c-a143-c0247c66202d" Name="Computed" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="ad8b6a6e-acd5-4b0f-937c-61d6e047e17f" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<AllExternalAdhocVariableMappings/>
+</file>
+
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="System" displayName="System" id="8282689e-c4a1-46ae-839e-56428b506614" isdomainofvalue="False" dataSourceId="93a9c6a9-1bb2-4681-8722-67314e685cec"/>
+</file>
+
+<file path=customXml/item8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h5c6f3f9467c440da5d4e58f9d6915e3 xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </h5c6f3f9467c440da5d4e58f9d6915e3>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="69ece4c0-e639-4d27-a408-778c245e4fea" xsi:nil="true"/>
     <gdc95e895a66489fbddfd0aedeef4a4d xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </gdc95e895a66489fbddfd0aedeef4a4d>
     <na0ef3f2435a44f992efef542271c1ad xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </na0ef3f2435a44f992efef542271c1ad>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <eb70884a37994eea8f8610875be350fb xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </eb70884a37994eea8f8610875be350fb>
     <n36f8d5caa114d28bd6cd683d744a75d xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </n36f8d5caa114d28bd6cd683d744a75d>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <id1de02aebd34f1b9a02af7835d3332c xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </id1de02aebd34f1b9a02af7835d3332c>
     <pd7ad48bd346410abfeeb792744c4564 xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </pd7ad48bd346410abfeeb792744c4564>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/item9.xml><?xml version="1.0" encoding="utf-8"?>
-<DataSourceInfo>
-[...8 lines deleted...]
-</DataSourceInfo>
+<VariableListCustXmlRels>
+  <VariableListCustXmlRel variableListName="AD_HOC">
+    <VariableListDefCustXmlId>{D9F4C43E-5A6C-4532-83F6-D5E7F3B98D92}</VariableListDefCustXmlId>
+    <LibraryMetadataCustXmlId>{2E6718E7-1408-42D8-851F-5CFF3A7FBDD2}</LibraryMetadataCustXmlId>
+    <DataSourceInfoCustXmlId>{6570A155-273F-4696-8DF0-60CA5A3B40E4}</DataSourceInfoCustXmlId>
+    <DataSourceMappingCustXmlId>{8ECFCB54-2FF4-4132-A5C0-73E77D511520}</DataSourceMappingCustXmlId>
+    <SdmcCustXmlId>{9F6EEF50-FAA3-430F-AB9A-DCCA58324E69}</SdmcCustXmlId>
+  </VariableListCustXmlRel>
+  <VariableListCustXmlRel variableListName="Computed">
+    <VariableListDefCustXmlId>{466049E2-A633-4A07-8F73-94A74612CEB1}</VariableListDefCustXmlId>
+    <LibraryMetadataCustXmlId>{C012A1EA-2DEB-44E9-9AA2-CCDCD74F7B85}</LibraryMetadataCustXmlId>
+    <DataSourceInfoCustXmlId>{ED122ABE-3000-4C61-A4D4-1CF3FB765444}</DataSourceInfoCustXmlId>
+    <DataSourceMappingCustXmlId>{0CFB1A0D-283B-4691-B3B9-277AD406217B}</DataSourceMappingCustXmlId>
+    <SdmcCustXmlId>{9BD77C0F-5F99-4C56-9349-1DED4DA3FBDA}</SdmcCustXmlId>
+  </VariableListCustXmlRel>
+  <VariableListCustXmlRel variableListName="System">
+    <VariableListDefCustXmlId>{18D228CC-482B-4A29-BD67-03183A2239EB}</VariableListDefCustXmlId>
+    <LibraryMetadataCustXmlId>{2D11195C-FCEF-4ABD-832D-BCE58AEEAF26}</LibraryMetadataCustXmlId>
+    <DataSourceInfoCustXmlId>{042FBFF2-1E7C-4508-A14D-556666DB3BD1}</DataSourceInfoCustXmlId>
+    <DataSourceMappingCustXmlId>{EBA4E60E-C5D0-4A42-AA14-041C36011B2C}</DataSourceMappingCustXmlId>
+    <SdmcCustXmlId>{02E0CDAB-DCE7-4751-8414-45C0A73A7168}</SdmcCustXmlId>
+  </VariableListCustXmlRel>
+</VariableListCustXmlRels>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C012A1EA-2DEB-44E9-9AA2-CCDCD74F7B85}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E6718E7-1408-42D8-851F-5CFF3A7FBDD2}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps10.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9F4C43E-5A6C-4532-83F6-D5E7F3B98D92}">
-[...88 lines deleted...]
-<file path=customXml/itemProps23.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{428C1F5D-DFDC-4BED-A09C-2D619C34A9B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69ece4c0-e639-4d27-a408-778c245e4fea"/>
     <ds:schemaRef ds:uri="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps11.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9F4C43E-5A6C-4532-83F6-D5E7F3B98D92}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps12.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED122ABE-3000-4C61-A4D4-1CF3FB765444}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps13.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02E0CDAB-DCE7-4751-8414-45C0A73A7168}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps14.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{042FBFF2-1E7C-4508-A14D-556666DB3BD1}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps15.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC61B091-6854-46C3-A378-D949C160F847}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps16.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CFB1A0D-283B-4691-B3B9-277AD406217B}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps17.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C367B8A-B37A-4BCB-BC9C-2FD188816234}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps18.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{150DAC81-0347-41D3-9EF5-415757EE687C}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps19.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F6EEF50-FAA3-430F-AB9A-DCCA58324E69}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F115239F-F1C4-49E9-964B-C793131892BB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps20.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D11195C-FCEF-4ABD-832D-BCE58AEEAF26}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps21.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8ECFCB54-2FF4-4132-A5C0-73E77D511520}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps22.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{466049E2-A633-4A07-8F73-94A74612CEB1}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps23.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19015827-52B2-4903-9ECD-9019F01C3E7B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps24.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEF1E46D-0062-4059-8329-DC8893B19587}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps25.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6570A155-273F-4696-8DF0-60CA5A3B40E4}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps26.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BD77C0F-5F99-4C56-9349-1DED4DA3FBDA}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps27.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E52DA5E-AAFA-4EF3-A76D-AB8824C64553}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBA4E60E-C5D0-4A42-AA14-041C36011B2C}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C012A1EA-2DEB-44E9-9AA2-CCDCD74F7B85}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA81708C-DB8C-4E6C-A9E8-63084110D99C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDFB66BD-6B5B-4148-B88F-6E47AB3E2A52}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18D228CC-482B-4A29-BD67-03183A2239EB}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps25.xml><?xml version="1.0" encoding="utf-8"?>
-[...29 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F01704FF-7A59-40DA-8F51-9AE6011EA24B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69ece4c0-e639-4d27-a408-778c245e4fea"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps9.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{042FBFF2-1E7C-4508-A14D-556666DB3BD1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{771DF6E6-C94E-4B7C-84C1-DB2F79C417C1}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1d3680c3-127e-4a30-867f-435e340a45e3}" enabled="0" method="" siteId="{1d3680c3-127e-4a30-867f-435e340a45e3}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2093</Words>
-  <Characters>11496</Characters>
+  <Words>2113</Words>
+  <Characters>11476</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>338</Lines>
-  <Paragraphs>109</Paragraphs>
+  <Lines>337</Lines>
+  <Paragraphs>113</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Schroders Investment Management</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13480</CharactersWithSpaces>
+  <CharactersWithSpaces>13476</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1835024</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.schroders.com/en/lu/professional-investor/footer/complaints-handling/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3670057</vt:i4>
       </vt:variant>
       <vt:variant>