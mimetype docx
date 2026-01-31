--- v1 (2026-01-11)
+++ v2 (2026-01-31)
@@ -106,74 +106,74 @@
           </w:tcPr>
           <w:p w14:paraId="1006E699" w14:textId="0024AD81" w:rsidR="009F59AF" w:rsidRPr="00D32BF3" w:rsidRDefault="00E7759E" w:rsidP="00BD4EC8">
             <w:pPr>
               <w:pStyle w:val="B17MastheadTitle"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc474410756"/>
             <w:r w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">Schroder </w:t>
             </w:r>
             <w:r w:rsidR="00027EFC" w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">ISF* </w:t>
             </w:r>
             <w:r w:rsidRPr="00D32BF3">
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00027EFC" w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">URO </w:t>
             </w:r>
             <w:r w:rsidR="00B05D18" w:rsidRPr="00D32BF3">
               <w:t>Credit Conviction</w:t>
             </w:r>
             <w:r w:rsidR="00662013">
               <w:t xml:space="preserve"> Short Duration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09B751C3" w14:textId="542C71BB" w:rsidR="00E7759E" w:rsidRPr="00D32BF3" w:rsidRDefault="00AE2132" w:rsidP="005503CF">
+          <w:p w14:paraId="09B751C3" w14:textId="3A53DEDF" w:rsidR="00E7759E" w:rsidRPr="00D32BF3" w:rsidRDefault="00AE2132" w:rsidP="005503CF">
             <w:pPr>
               <w:pStyle w:val="B17MastheadSmallSubtitle"/>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">Fund </w:t>
             </w:r>
             <w:r w:rsidR="0055783F" w:rsidRPr="00D32BF3">
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">anager: </w:t>
             </w:r>
             <w:r w:rsidR="00164E97" w:rsidRPr="00D32BF3">
               <w:t>Patrick Vogel</w:t>
             </w:r>
             <w:r w:rsidR="00417C1C" w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">| Fund update: </w:t>
             </w:r>
-            <w:r w:rsidR="00707826">
-              <w:t>November</w:t>
+            <w:r w:rsidR="00354807">
+              <w:t>December</w:t>
             </w:r>
             <w:r w:rsidR="00F6738E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D32BF3">
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="008379D9">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17905BB0" w14:textId="77777777" w:rsidR="00F83AFE" w:rsidRPr="00B76737" w:rsidRDefault="00F83AFE" w:rsidP="00B831A3">
       <w:pPr>
         <w:pStyle w:val="B17BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="181A3958" w14:textId="77777777" w:rsidR="00B831A3" w:rsidRDefault="00B831A3" w:rsidP="001C7C75">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:sectPr w:rsidR="00B831A3" w:rsidSect="008C2794">
           <w:footerReference w:type="even" r:id="rId34"/>
           <w:footerReference w:type="default" r:id="rId35"/>
@@ -183,384 +183,395 @@
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="624" w:right="992" w:bottom="851" w:left="992" w:header="709" w:footer="284" w:gutter="0"/>
           <w:cols w:space="284"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4116A69B" w14:textId="77777777" w:rsidR="00942BD1" w:rsidRPr="00942BD1" w:rsidRDefault="00942BD1" w:rsidP="00942BD1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D0266A5" w14:textId="77777777" w:rsidR="003C4151" w:rsidRDefault="00AE2132" w:rsidP="0055783F">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="-284"/>
       </w:pPr>
       <w:r>
         <w:t>Performance overview</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DE24D34" w14:textId="75C7F58D" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="4C0BC82A" w14:textId="201F85DF" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
+      <w:r w:rsidRPr="00354807">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve">Events in the US were the main influence on credit markets during November. Initially markets weakened as the Federal Reserve (Fed) adopted a more hawkish tone on monetary policy, while high issuance volumes from major US technology companies to fund AI-related investment also weighed on sentiment. </w:t>
+        <w:t xml:space="preserve">Government bonds were the main influence on credit markets during December with yields across the major government bond markets generally increasing. Although the Federal Reserve (Fed) cut interest rates by a further 25 basis points as expected, the release of better-than-expected Q3 US GDP growth contrasted with softer job growth and rising unemployment. Recent labour market data suggested a moderation - but not a collapse – in labour demand, with the low hire, low fire trend continuing. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CAD95F1" w14:textId="07F69C04" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="66F27AB2" w14:textId="750433B5" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
+      <w:r w:rsidRPr="00354807">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve">Subsequently, weaker US economic indicators combined with a more dovish tone from the Fed paved the way for additional interest rate cuts and triggered a rally. </w:t>
+        <w:t xml:space="preserve">In European credit markets, spreads closed unchanged month over month as the primary market was quiet and liquidity dried up ahead of the year-end, traditionally a time when trading volumes are low. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AF3B6CB" w14:textId="39AF88B8" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="352F9A66" w14:textId="6B2EA87D" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
+      <w:r w:rsidRPr="00354807">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve">In European credit markets, spreads widened over the month as investors digested record new issuance volumes for November.  BBB-rated and higher yielding securities lost ground, as did corporate hybrids. </w:t>
+        <w:t>The European Central Bank (ECB) kept interest rates on hold as expected, while upgrading their forecasts for growth and core inflation. The bond markets anticipated the next move by the ECB to be a rate hike following hawkish comments by board member Isabel Schnabel. German bund yields were driven higher by the announcement that issuance levels in 2026 are set to be substantially above forecast, €500bn as against consensus estimates for €300bn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B4C2FB7" w14:textId="07F3BC18" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="6BF60459" w14:textId="0A09BCF1" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
+      <w:r w:rsidRPr="00354807">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve">There was further evidence of an improvement in the eurozone economic backdrop heading towards the end of the year. The Composite Purchasing Managers Index (PMI) for November highlighted the strongest expansion in private sector activity in two and a half years. This momentum was underpinned by the strength of the services sector activity, while in contrast there was a slowdown in manufacturing amid signs of renewed demand-side weakness.  </w:t>
+        <w:t>The Flash Composite Purchasing Managers Index (PMI) for December highlighted that although the eurozone economy lost some momentum as the year ended, activity in the services sector remained robust. However, there were signs of a renewed downturn in the manufacturing sector with a decline in new orders for the second consecutive month. Nevertheless, the PMI signalled an expansion in activity overall and in Q4 as a whole the eurozone’s best performance since the second quarter of 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CF45D7" w14:textId="77777777" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="03AB74DE" w14:textId="12BFFE8A" w:rsidR="00730B85" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
+      <w:r w:rsidRPr="00354807">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve">Services sector activity is currently the principal driver of headline inflation, which came in marginally higher than expected for November at 2.2%, and above the European Central Bank’s (ECB) 2% target for the third consecutive month.  The ECB is expected to leave interest rates on hold in December, with investors anticipating that the cycle of rate reductions, which began in June last year, has now run its course. </w:t>
+        <w:t>The preliminary estimate for December indicated that consumer price inflation returned to its 2% target, reflecting a modest easing of pricing pressures in the services sector – which had been the principal driver of headline inflation - and reinforcing expectations that interest rates are likely to remain on hold over the coming months.</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="4437F23B" w14:textId="1EB43D96" w:rsidR="00AE2132" w:rsidRPr="008174A3" w:rsidRDefault="00AE2132" w:rsidP="00C90521">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
       </w:pPr>
       <w:r w:rsidRPr="00234B2C">
         <w:t>Drivers of fund performance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7557CE2E" w14:textId="41D2376F" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="6B1CCD8D" w14:textId="4AFEA8B7" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
-        <w:t>The Fund posted a positive total return but outperformed the reference benchmark during November after fees.</w:t>
+      <w:r w:rsidRPr="00354807">
+        <w:t>The Fund posted a positive total return and outperformed the reference benchmark during December after fees.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D5C6858" w14:textId="0FBFF047" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="550EF3FC" w14:textId="6E994F09" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
-        <w:t xml:space="preserve">Security selection in the banking and financial services was additive. </w:t>
+      <w:r w:rsidRPr="00354807">
+        <w:t>Security selection in the automotive, utility, banking, healthcare and insurance sectors was additive.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18BB2F88" w14:textId="4DA588C5" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="20A847DA" w14:textId="0EFE1915" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> processor rebounded, following a positive capital markets day, as a programme of asset disposals and equity funding have improved sentiment on the company’s credit outlook. </w:t>
+      <w:r w:rsidRPr="00354807">
+        <w:t xml:space="preserve">Within the banking sector, holdings in Eastern European lenders made a positive contribution. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BDBC607" w14:textId="6EB0844F" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="134DF88F" w14:textId="0F9867D4" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">sovereign debt has a low correlation with the euro-denominated investment grade market.  </w:t>
+      <w:r w:rsidRPr="00354807">
+        <w:t>In contrast security selection in real estate detracted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AED1406" w14:textId="11447468" w:rsidR="00ED7974" w:rsidRPr="00FC57A5" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="3145500E" w14:textId="77777777" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
-        <w:t xml:space="preserve">Within the real estate sector, our holding in a Nordic commercial developer weakened as an impending takeover by the now majority shareholder, which has secured funding to delist the company, triggered a downgrade in the credit rating.   </w:t>
+      <w:r w:rsidRPr="00354807">
+        <w:t xml:space="preserve">Off-benchmark exposure to Romania continues to be additive for relative performance, as the country’s sovereign debt has a low correlation with the euro-denominated investment grade market.  </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0AED1406" w14:textId="4EF9ECB2" w:rsidR="00ED7974" w:rsidRPr="00FC57A5" w:rsidRDefault="00ED7974" w:rsidP="00354807">
+      <w:pPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="-141"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0AA3825D" w14:textId="77777777" w:rsidR="005105CD" w:rsidRDefault="005105CD" w:rsidP="00FC57A5">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:spacing w:before="250"/>
         <w:ind w:right="-142"/>
       </w:pPr>
       <w:r w:rsidRPr="00881C80">
         <w:t>Portfolio activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5691E521" w14:textId="1EB28394" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="102311A3" w14:textId="74A1DDD8" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk71212939"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk116294290"/>
-      <w:r w:rsidRPr="00707826">
-        <w:t xml:space="preserve">With credit spreads at tight levels, we have retained a cautious approach. The Fund’s spread duration is slightly above the reference benchmark, limiting the portfolio’s sensitivity to any widening of credit spreads.  </w:t>
+      <w:r w:rsidRPr="00354807">
+        <w:t xml:space="preserve">With credit spreads at tight levels, we have retained a cautious approach. The Fund’s spread duration has been maintained broadly in line with the reference benchmark, limiting the portfolio’s sensitivity to any widening of credit spreads.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21F259B1" w14:textId="22580B3B" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="37991B10" w14:textId="7A14AA60" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
-        <w:t xml:space="preserve">During November, we further reduced exposure to higher beta securities, selling holdings in a European auto manufacturer and a US specialist retailer, as well as a medium-dated issue from a US data base company.   </w:t>
+      <w:r w:rsidRPr="00354807">
+        <w:t xml:space="preserve">We have parked a proportion of the portfolio in cash and cash equivalents, awaiting suitable opportunities to deploy these funds in credit markets.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6967B2AA" w14:textId="77777777" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="048B983F" w14:textId="1BD8058F" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, a specialist in pain management, the proceeds from which will be partially used to pay down existing liabilities as well as for general business purposes.  </w:t>
+      <w:r w:rsidRPr="00354807">
+        <w:t>During December, trading activity was relatively light. We added holdings in short-dated securities issued by leading US investment banks, which carry a high credit rating, as well as short-dated senior debt issued by a French bank.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F516D3" w14:textId="0C0A8018" w:rsidR="00054FF8" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="431F7B2A" w14:textId="7957575D" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
-        <w:t xml:space="preserve">In the energy sector, we added new holdings in medium-dated senior secured first lien bonds to refinance existing debt, from a company which focuses on drilling services in the oil and gas industry, as well as euro-denominated from a Norwegian oil and gas producer. </w:t>
+      <w:r w:rsidRPr="00354807">
+        <w:t>Among higher yielding securities, we added a holding in a US payments processing company which is growing revenues and gaining market share.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01317BED" w14:textId="137C0FC5" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+      <w:pPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="142" w:hanging="270"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00354807">
+        <w:t xml:space="preserve">We  also added to our holdings in Eastern European banks, which continue to offer an attractive yield over lenders in core European markets. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626BF482" w14:textId="77777777" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+      <w:pPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="142" w:hanging="270"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00354807">
+        <w:t xml:space="preserve">In the real estate sector, we sold our holding in a European healthcare REIT exiting the issue having benefitted from a tightening in the credit spread. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F516D3" w14:textId="27FC3CDF" w:rsidR="00054FF8" w:rsidRDefault="00354807" w:rsidP="00354807">
+      <w:pPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
+        <w:ind w:left="142" w:hanging="270"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00354807">
+        <w:t xml:space="preserve">We also took profits on our holding in a French life insurance group. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="5CD961DF" w14:textId="7A1096D2" w:rsidR="00AE2132" w:rsidRDefault="00AE2132" w:rsidP="007B1280">
+    <w:p w14:paraId="5CD961DF" w14:textId="71320BB3" w:rsidR="00AE2132" w:rsidRDefault="00AE2132" w:rsidP="007B1280">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:spacing w:before="250"/>
         <w:ind w:right="-142"/>
       </w:pPr>
       <w:r>
         <w:t>Outlook</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D191CA0" w14:textId="55081663" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="762D4074" w14:textId="55D263C6" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00707826" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk153186481"/>
       <w:bookmarkStart w:id="4" w:name="_Hlk158284516"/>
       <w:bookmarkStart w:id="5" w:name="_Hlk89696232"/>
       <w:bookmarkStart w:id="6" w:name="_Hlk84431178"/>
       <w:bookmarkStart w:id="7" w:name="_Hlk76540173"/>
       <w:bookmarkStart w:id="8" w:name="_Hlk68710450"/>
       <w:bookmarkStart w:id="9" w:name="_Hlk216105344"/>
       <w:r w:rsidRPr="00707826">
-        <w:t>We remain moderately positive on the economic outlook for the eurozone. The services sector is rebounding strongly, while the labour market remains resilient. In contrast to the rise in unemployment in the US, eurozone unemployment has equalled all-time lows in recent months. However, we have yet to see any broad recovery in the manufacturing sector and the order to inventory ratio in many sectors is still negative. Inflation measures continue to suggest an underlying trend that is hovering slightly above its 2% target.</w:t>
+        <w:t xml:space="preserve">We </w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="00354807" w:rsidRPr="00354807">
+        <w:t xml:space="preserve">remain moderately positive on the economic outlook for the eurozone. The services sector is rebounding strongly, while the labour market remains resilient. In contrast to the rise in unemployment in the US, eurozone unemployment has equalled all-time lows in recent months. However, we have yet to see </w:t>
+      </w:r>
+      <w:r w:rsidR="00354807" w:rsidRPr="00354807">
+        <w:lastRenderedPageBreak/>
+        <w:t>any broad recovery in the manufacturing sector and the order to inventory ratio in many sectors is still negative. Inflation measures continue to suggest an underlying trend that is hovering slightly above its 2% target.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1ACF3A6B" w14:textId="0B4F7ECE" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="42E25FC2" w14:textId="75A432DB" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00354807">
         <w:t xml:space="preserve">Investors have adopted a broadly positive view on the impact from German fiscal stimulus, in the form of higher infrastructure and defence spending, on the growth prospects for the economy. However, there are clear risks that the multiplier effects from fiscal stimulus could prove be more limited than widely anticipated. Not least because the German government needs to address the issues of funding the state pension system, as well as healthcare provision, against a backdrop of a long-term decline in the workforce on current demographic trends. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0804B0C4" w14:textId="63BB679B" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="508C57B3" w14:textId="000357DE" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
+      <w:r w:rsidRPr="00354807">
         <w:t>Accordingly, we are placing a strong emphasis on credit quality with a clear preference for non-cyclical sectors, maintaining a cautious view on the prospects for cyclicals in the eurozone, particularly at a time when credit spreads at index level measured over government bonds are expensive relative to historic levels.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36FDF245" w14:textId="77777777" w:rsidR="00707826" w:rsidRPr="00707826" w:rsidRDefault="00707826" w:rsidP="00707826">
+    <w:p w14:paraId="330D422C" w14:textId="77777777" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00707826">
+      <w:r w:rsidRPr="00354807">
         <w:t>Cognisant of market valuations, we have positioned the portfolio defensively, while still picking up good carry, in view of the risk of a widening of credit spreads particularly if we reach a turning point on inflows into the euro investment grade market.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D62746" w14:textId="4CB1249F" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00707826">
+    <w:p w14:paraId="26D62746" w14:textId="1EB06B27" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00077E14" w:rsidP="00354807">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:ind w:left="-128"/>
+        <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16850306" w14:textId="0F1AA196" w:rsidR="00D332C8" w:rsidRPr="00B23899" w:rsidRDefault="00D332C8" w:rsidP="00077E14">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="-128"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07D1A7D1" w14:textId="587FEF9C" w:rsidR="00D332C8" w:rsidRDefault="00D332C8" w:rsidP="005C6685">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
@@ -630,199 +641,272 @@
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00052E16">
         <w:t>Calendar year performance (%)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5148" w:type="pct"/>
         <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="74" w:type="dxa"/>
           <w:right w:w="74" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1010"/>
+        <w:gridCol w:w="1012"/>
         <w:gridCol w:w="1386"/>
         <w:gridCol w:w="1292"/>
-        <w:gridCol w:w="1274"/>
+        <w:gridCol w:w="1272"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D32BF3" w:rsidRPr="00052E16" w14:paraId="7C807CD2" w14:textId="77777777" w:rsidTr="00265091">
+      <w:tr w:rsidR="00D32BF3" w:rsidRPr="00052E16" w14:paraId="7C807CD2" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1017" w:type="pct"/>
+            <w:tcW w:w="1019" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002A5E"/>
           </w:tcPr>
           <w:p w14:paraId="794E27AD" w14:textId="77777777" w:rsidR="00B22A24" w:rsidRPr="00052E16" w:rsidRDefault="00B22A24" w:rsidP="00D32BF3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1397" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002A5E"/>
           </w:tcPr>
           <w:p w14:paraId="465514C1" w14:textId="77777777" w:rsidR="00B22A24" w:rsidRPr="00052E16" w:rsidRDefault="00B22A24" w:rsidP="00D32BF3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052E16">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">A </w:t>
+              <w:t>A Acc</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002A5E"/>
           </w:tcPr>
           <w:p w14:paraId="490A0229" w14:textId="77777777" w:rsidR="00B22A24" w:rsidRPr="00052E16" w:rsidRDefault="00B22A24" w:rsidP="00D32BF3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052E16">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">I </w:t>
+              <w:t>I Acc</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1285" w:type="pct"/>
+            <w:tcW w:w="1283" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002A5E"/>
           </w:tcPr>
           <w:p w14:paraId="2001B4C4" w14:textId="77777777" w:rsidR="00B22A24" w:rsidRPr="00052E16" w:rsidRDefault="00B22A24" w:rsidP="00D32BF3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052E16">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Target**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005503CF" w:rsidRPr="00D32BF3" w14:paraId="00770A6C" w14:textId="77777777" w:rsidTr="00265091">
+      <w:tr w:rsidR="00354807" w:rsidRPr="00D32BF3" w14:paraId="61EF3E6C" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1017" w:type="pct"/>
+            <w:tcW w:w="1019" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="57790979" w14:textId="77BBDDEF" w:rsidR="00354807" w:rsidRDefault="00354807" w:rsidP="00D32BF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1397" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="596D521A" w14:textId="12A1B939" w:rsidR="00354807" w:rsidRDefault="00354807" w:rsidP="00D32BF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1302" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F3A5E8" w14:textId="6DEB2E86" w:rsidR="00354807" w:rsidRDefault="00354807" w:rsidP="00D32BF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B3095CB" w14:textId="1928CEE0" w:rsidR="00354807" w:rsidRDefault="00354807" w:rsidP="00D32BF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005503CF" w:rsidRPr="00D32BF3" w14:paraId="00770A6C" w14:textId="77777777" w:rsidTr="00354807">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1019" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="68417847" w14:textId="198E3009" w:rsidR="005503CF" w:rsidRPr="00052E16" w:rsidRDefault="00265091" w:rsidP="00D32BF3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1397" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32B01C87" w14:textId="2C601AE5" w:rsidR="005503CF" w:rsidRPr="00052E16" w:rsidRDefault="00D72687" w:rsidP="00D32BF3">
             <w:pPr>
@@ -845,79 +929,79 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29432DA1" w14:textId="2A4C1D1C" w:rsidR="005503CF" w:rsidRPr="00052E16" w:rsidRDefault="008C2BFA" w:rsidP="00D32BF3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1285" w:type="pct"/>
+            <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="113A3103" w14:textId="78BC03AE" w:rsidR="005503CF" w:rsidRPr="00D32BF3" w:rsidRDefault="00D72687" w:rsidP="00D32BF3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="1C1C37BE" w14:textId="77777777" w:rsidTr="00265091">
+      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="1C1C37BE" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1017" w:type="pct"/>
+            <w:tcW w:w="1019" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="71D78BE7" w14:textId="5C57DFB1" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052E16">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -947,79 +1031,79 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4137DED1" w14:textId="138E9EC0" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1285" w:type="pct"/>
+            <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="176BC2C8" w14:textId="616CF374" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="1420E1AF" w14:textId="77777777" w:rsidTr="00265091">
+      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="1420E1AF" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1017" w:type="pct"/>
+            <w:tcW w:w="1019" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="019339A3" w14:textId="41DCEBEC" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1049,79 +1133,79 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D9829EA" w14:textId="5EBF5D5A" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052E16">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-15.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1285" w:type="pct"/>
+            <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="018CDDAD" w14:textId="4D4A0788" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052E16">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-14.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="6D3D8E74" w14:textId="77777777" w:rsidTr="00265091">
+      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="6D3D8E74" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1017" w:type="pct"/>
+            <w:tcW w:w="1019" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4C7EB404" w14:textId="50838796" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1151,79 +1235,79 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55D4E9B9" w14:textId="438A4CB1" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1285" w:type="pct"/>
+            <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64174EF9" w14:textId="2BAD0A74" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-0.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="0E3DAAC7" w14:textId="77777777" w:rsidTr="00265091">
+      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="0E3DAAC7" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1017" w:type="pct"/>
+            <w:tcW w:w="1019" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D8EFCD6" w14:textId="5D5A11F4" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
@@ -1254,79 +1338,79 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="429A335A" w14:textId="4EDBCFC6" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1285" w:type="pct"/>
+            <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30B0EB3F" w14:textId="61BEB09A" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="4F60C0C8" w14:textId="77777777" w:rsidTr="00265091">
+      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="4F60C0C8" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1017" w:type="pct"/>
+            <w:tcW w:w="1019" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ECD546E" w14:textId="2E8587C8" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
@@ -1357,79 +1441,79 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14753F26" w14:textId="25A4AD9E" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1285" w:type="pct"/>
+            <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71045C95" w14:textId="39A54EC8" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="6EF8D8A7" w14:textId="77777777" w:rsidTr="00265091">
+      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="6EF8D8A7" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1017" w:type="pct"/>
+            <w:tcW w:w="1019" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DD08DD9" w14:textId="1F35AE72" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
@@ -1460,79 +1544,79 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D72B05D" w14:textId="59CFCE82" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1285" w:type="pct"/>
+            <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33E4E383" w14:textId="143249F0" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="5DCFE56E" w14:textId="77777777" w:rsidTr="00265091">
+      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="5DCFE56E" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1017" w:type="pct"/>
+            <w:tcW w:w="1019" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B9C641F" w14:textId="615B147B" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
@@ -1563,79 +1647,79 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0893E1BE" w14:textId="344F6409" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1285" w:type="pct"/>
+            <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C47E95A" w14:textId="64BD6F94" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="45E75570" w14:textId="77777777" w:rsidTr="00265091">
+      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="45E75570" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1017" w:type="pct"/>
+            <w:tcW w:w="1019" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BA18E99" w14:textId="1F0BC731" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
@@ -1666,289 +1750,158 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18BAC176" w14:textId="7A0E46B7" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1285" w:type="pct"/>
+            <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F9C9AB1" w14:textId="10BBD3CB" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="5EE0F037" w14:textId="77777777" w:rsidTr="00265091">
-[...101 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="766C548E" w14:textId="3E1DAAC0" w:rsidR="003304EF" w:rsidRDefault="00B133DF" w:rsidP="00AF572A">
+    <w:p w14:paraId="766C548E" w14:textId="30CB0AC4" w:rsidR="003304EF" w:rsidRDefault="00B133DF" w:rsidP="00AF572A">
       <w:pPr>
         <w:pStyle w:val="B17Sourcetext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B133DF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Source: Schroders as at 3</w:t>
       </w:r>
       <w:r w:rsidR="00EE4336">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B133DF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/12/</w:t>
       </w:r>
       <w:r w:rsidR="000931F5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00265091">
+      <w:r w:rsidR="00354807">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00B133DF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> net of fees (where applicable), NAV to NAV (bid to bid)</w:t>
       </w:r>
       <w:r w:rsidR="009003A8">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, EUR</w:t>
       </w:r>
       <w:r w:rsidRPr="00B133DF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>. **</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> EUR </w:t>
+        <w:t xml:space="preserve">. **iBoxx EUR </w:t>
       </w:r>
       <w:r w:rsidR="00552AA6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Corp </w:t>
       </w:r>
       <w:r w:rsidRPr="00B133DF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">BBB. </w:t>
       </w:r>
       <w:r w:rsidR="00E12F46" w:rsidRPr="00E12F46">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The fund's performance should be assessed against its target </w:t>
       </w:r>
       <w:r w:rsidR="00E12F46">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>of exceeding</w:t>
       </w:r>
       <w:r w:rsidR="00E12F46" w:rsidRPr="00E12F46">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> EUR Corporates BBB (TR)</w:t>
+        <w:t xml:space="preserve"> the iBoxx EUR Corporates BBB (TR)</w:t>
       </w:r>
       <w:r w:rsidR="00525DF8">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-5</w:t>
       </w:r>
       <w:r w:rsidR="00E12F46" w:rsidRPr="00E12F46">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> index. The fund's investment universe is expected to overlap to a limited extent with the components of the target benchmark.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C4F4C2C" w14:textId="77777777" w:rsidR="007B1280" w:rsidRDefault="007B1280" w:rsidP="007B1280">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="425"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7929F52B" w14:textId="77777777" w:rsidR="000A249B" w:rsidRDefault="000A249B" w:rsidP="00410703">
@@ -2054,98 +2007,87 @@
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Credit risk</w:t>
       </w:r>
       <w:r>
         <w:t>: A decline in the financial health of an issuer could cause the value of its bonds to fall or become worthless.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2433EACB" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Currency risk</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">: The fund may lose value </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> movements in foreign exchange rates.</w:t>
+        <w:t>: The fund may lose value as a result of movements in foreign exchange rates.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76C34137" w14:textId="2D9CA1BF" w:rsidR="0013369B" w:rsidRPr="0013369B" w:rsidRDefault="0013369B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="0013369B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Currency risk / hedged shar</w:t>
       </w:r>
       <w:r w:rsidR="00964F91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="0013369B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>class</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0013369B">
-        <w:t xml:space="preserve">The hedging of the share class may not be fully effective and </w:t>
-[...2 lines deleted...]
-        <w:t>residual currency exposure may remain. The cost associated with hedging may impact performance and potential gains may be more limited than for unhedged share classes.</w:t>
+        <w:t>The hedging of the share class may not be fully effective and residual currency exposure may remain. The cost associated with hedging may impact performance and potential gains may be more limited than for unhedged share classes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BA9C228" w14:textId="77777777" w:rsidR="00071EF9" w:rsidRPr="0013369B" w:rsidRDefault="00071EF9">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00C45078">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Derivatives risk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="0013369B" w:rsidRPr="0013369B">
         <w:t>Derivatives may be used to manage the portfolio efficiently. The fund may also materially invest in derivatives including using short selling and leverage techniques with the aim of making a return. A derivative may not perform as expected, may create losses greater than the cost of the derivative and may result in losses to the fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8A5703" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
@@ -2165,155 +2107,136 @@
     </w:p>
     <w:p w14:paraId="2839102B" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>IBOR risk</w:t>
       </w:r>
       <w:r>
         <w:t>: The transition of the financial markets away from the use of interbank offered rates (IBORs) to alternative reference rates may impact the valuation of certain holdings and disrupt liquidity in certain instruments. This may impact the investment performance of the fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="302E01B0" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Interest rate risk</w:t>
       </w:r>
       <w:r>
         <w:t>: The fund may lose value as a direct result of interest rate changes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70037C06" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Liquidity risk</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">: In difficult market conditions, the fund may not be able to sell a security for full value or at all. This could affect performance and could </w:t>
-[...3 lines deleted...]
-        <w:t>cause the fund to defer or suspend redemptions of its shares.</w:t>
+        <w:t>: In difficult market conditions, the fund may not be able to sell a security for full value or at all. This could affect performance and could cause the fund to defer or suspend redemptions of its shares.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50B9F022" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Market risk</w:t>
       </w:r>
       <w:r>
         <w:t>: The value of investments can go up and down and an investor may not get back the amount initially invested.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="083E2F3B" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Operational risk</w:t>
       </w:r>
       <w:r>
         <w:t>: Operational processes, including those related to the safekeeping of assets, may fail. This may result in losses to the fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54A6ACF8" w14:textId="77777777" w:rsidR="0013369B" w:rsidRDefault="0013369B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="0013369B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Performance risk</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0013369B">
-        <w:t xml:space="preserve">Investment objectives express an intended result but there is no guarantee that such a result will be achieved. Depending on market conditions and the </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Investment objectives express an intended result but there is no guarantee that </w:t>
       </w:r>
       <w:r w:rsidRPr="0013369B">
-        <w:t>environment, investment objectives may become more difficult to achieve.</w:t>
+        <w:t>such a result will be achieved. Depending on market conditions and the macro economic environment, investment objectives may become more difficult to achieve.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19468B53" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sustainability risk</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">: The fund has environmental and/or social characteristics. This means it may have limited exposure to some companies, industries or sectors and may forego certain investment opportunities, or dispose of certain holdings, that do not align with its sustainability criteria. Therefore, the fund may underperform other funds that do not apply similar criteria. The fund may invest in companies that do not reflect the beliefs and values of any </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>: The fund has environmental and/or social characteristics. This means it may have limited exposure to some companies, industries or sectors and may forego certain investment opportunities, or dispose of certain holdings, that do not align with its sustainability criteria. Therefore, the fund may underperform other funds that do not apply similar criteria. The fund may invest in companies that do not reflect the beliefs and values of any particular investor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="425BB1D7" w14:textId="77777777" w:rsidR="00B22A24" w:rsidRDefault="00B22A24" w:rsidP="00B22A24">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="425" w:hanging="425"/>
         <w:sectPr w:rsidR="00B22A24" w:rsidSect="008C2794">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="624" w:right="992" w:bottom="851" w:left="992" w:header="709" w:footer="284" w:gutter="0"/>
           <w:cols w:num="2" w:space="284"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52C251E8" w14:textId="77777777" w:rsidR="00662112" w:rsidRPr="004E0832" w:rsidRDefault="00662112" w:rsidP="004E0832">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:sectPr w:rsidR="00662112" w:rsidRPr="004E0832" w:rsidSect="008C2794">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
@@ -2329,166 +2252,110 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Important information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D3BC9E7" w14:textId="71E15F42" w:rsidR="00C97C87" w:rsidRDefault="00C97C87" w:rsidP="0036046C">
       <w:pPr>
         <w:pStyle w:val="B17Disclaimertext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C97C87">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Marketing material for professional clients and qualified investors only. This document does not constitute an offer to anyone, or a solicitation by anyone, to subscribe for shares of Schroder International Selection Fund (the “Company”). Nothing in this document should be construed as advice and is therefore not a recommendation to buy or sell shares. An investment in the Company entails risks, which are fully described in the prospectus. Subscriptions for shares of the Company can only be made </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> its latest Key Investor Information Document and prospectus, together with the latest audited annual report (and subsequent unaudited semi-annual report, if published), copies of which can be obtained, free of charge, from Schroder Investment Management (Europe) S.A.</w:t>
+        <w:t>Marketing material for professional clients and qualified investors only. This document does not constitute an offer to anyone, or a solicitation by anyone, to subscribe for shares of Schroder International Selection Fund (the “Company”). Nothing in this document should be construed as advice and is therefore not a recommendation to buy or sell shares. An investment in the Company entails risks, which are fully described in the prospectus. Subscriptions for shares of the Company can only be made on the basis of its latest Key Investor Information Document and prospectus, together with the latest audited annual report (and subsequent unaudited semi-annual report, if published), copies of which can be obtained, free of charge, from Schroder Investment Management (Europe) S.A.</w:t>
       </w:r>
       <w:r w:rsidR="006A3F13" w:rsidRPr="00D32BF3">
         <w:rPr>
           <w:rFonts w:eastAsia="Noto Sans" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A3F13" w:rsidRPr="006A3F13">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">These documents may be obtained in English, free of charge, from the following link: </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="006A3F13" w:rsidRPr="006A3F13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.eifs.lu/schroders</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A3F13" w:rsidRPr="006A3F13">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C97C87">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Schroder Investment Management (Switzerland) AG is the Swiss representative («Swiss Representative»</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> but we will publish our intention to do so on our website, in line with applicable regulatory requirements. The fund has environmental and/or social characteristics within the meaning of Article 8 of Regulation (EU) 2019/2088 on Sustainability-related Disclosures in the Financial Services Sector (the “SFDR”). </w:t>
+        <w:t xml:space="preserve"> Schroder Investment Management (Switzerland) AG is the Swiss representative («Swiss Representative») and Schroder &amp; Co Bank AG is the paying agent in Switzerland of the Luxembourg domiciled Schroder International Selection Fund. The prospectus for Switzerland, the key information documents, the articles of association and the annual and semi-annual reports may be obtained free of charge from the Swiss Representative. For the UK, these documents can be obtained in English, free of charge, from the Facilities Agent Schroder Investment Management Ltd, 1 London Wall Place, London EC2Y 5AU or at www.schroders.co.uk. Schroders may decide to cease the distribution of any fund(s) in any EEA country at any time but we will publish our intention to do so on our website, in line with applicable regulatory requirements. The fund has environmental and/or social characteristics within the meaning of Article 8 of Regulation (EU) 2019/2088 on Sustainability-related Disclosures in the Financial Services Sector (the “SFDR”). </w:t>
       </w:r>
       <w:r w:rsidR="0087055F" w:rsidRPr="003543F7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>For the UK only: This product is based overseas and is not subject to UK sustainable investment labelling and disclosure requirements.</w:t>
       </w:r>
       <w:r w:rsidR="0087055F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C97C87">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Any reference to sectors/countries/stocks/securities are for illustrative purposes only and not a recommendation to buy or sell any financial instrument/securities or adopt any investment strategy. Past Performance is not a guide to future performance and may not be repeated. The value of investments and the income from them may go down as well as up and investors may not get back the amounts originally invested. Exchange rate changes may cause the value of investments to fall as well as rise. Schroders has expressed its own views and opinions in this </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and these may change. Third party data including MSCI data is owned or licensed by the data provider and may not be reproduced or extracted and used for any other purpose without the data provider's consent. Third party data is provided without any warranties of any kind. The data provider and issuer of the document shall have no liability in connection </w:t>
+        <w:t xml:space="preserve">Any reference to sectors/countries/stocks/securities are for illustrative purposes only and not a recommendation to buy or sell any financial instrument/securities or adopt any investment strategy. Past Performance is not a guide to future performance and may not be repeated. The value of investments and the income from them may go down as well as up and investors may not get back the amounts originally invested. Exchange rate changes may cause the value of investments to fall as well as rise. Schroders has expressed its own views and opinions in this document and these may change. Third party data including MSCI data is owned or licensed by the data provider and may </w:t>
       </w:r>
       <w:r w:rsidRPr="00C97C87">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">with the third party data. The terms of the third party’s specific disclaimers, if any, are set forth in the Important Information section at </w:t>
+        <w:t xml:space="preserve">not be reproduced or extracted and used for any other purpose without the data provider's consent. Third party data is provided without any warranties of any kind. The data provider and issuer of the document shall have no liability in connection with the third party data. The terms of the third party’s specific disclaimers, if any, are set forth in the Important Information section at </w:t>
       </w:r>
       <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidR="00C47866" w:rsidRPr="003A77FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.schroders.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C97C87">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. Schroders will be a data controller in respect of your personal data. For information on how Schroders might process your personal data, please view our Privacy Policy available at </w:t>
       </w:r>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidR="00C47866" w:rsidRPr="003A77FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.schroders.com/en/privacy-policy/</w:t>
         </w:r>
       </w:hyperlink>
@@ -2695,73 +2562,61 @@
           <w:r w:rsidRPr="00D32BF3">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:noProof/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00D32BF3">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="10261" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="73AD5D0B" w14:textId="77777777" w:rsidR="006E0C71" w:rsidRPr="00D32BF3" w:rsidRDefault="00B05D18" w:rsidP="006E0C71">
           <w:pPr>
             <w:pStyle w:val="B17ColouredFooterLEFT"/>
           </w:pPr>
           <w:r w:rsidRPr="00D32BF3">
-            <w:t xml:space="preserve">Schroder ISF* EURO Credit </w:t>
-[...3 lines deleted...]
-            <w:t>Conviction</w:t>
+            <w:t>Schroder ISF* EURO Credit Conviction</w:t>
           </w:r>
           <w:r w:rsidR="006E0C71" w:rsidRPr="00D32BF3">
             <w:t xml:space="preserve">  </w:t>
           </w:r>
           <w:r w:rsidR="00D57B82" w:rsidRPr="00D32BF3">
             <w:rPr>
               <w:b w:val="0"/>
               <w:color w:val="002A5E"/>
             </w:rPr>
-            <w:t>Fund</w:t>
-[...7 lines deleted...]
-            <w:t xml:space="preserve"> Manager: Patrick Vogel | Fund update: September 2022</w:t>
+            <w:t>Fund Manager: Patrick Vogel | Fund update: September 2022</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4CF1EA62" w14:textId="58C65F84" w:rsidR="00871E8C" w:rsidRPr="00326778" w:rsidRDefault="006A3B92" w:rsidP="00326778">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="511B35D0" wp14:editId="3CA6743F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>403225</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10074910</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="233680" cy="233680"/>
@@ -3947,66 +3802,66 @@
     <w:tblGrid>
       <w:gridCol w:w="9555"/>
       <w:gridCol w:w="367"/>
     </w:tblGrid>
     <w:tr w:rsidR="00EA5451" w:rsidRPr="00D32BF3" w14:paraId="61E0738B" w14:textId="77777777" w:rsidTr="00D32BF3">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="624"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="10265" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="44488E26" w14:textId="7F577A26" w:rsidR="00662112" w:rsidRPr="00D32BF3" w:rsidRDefault="00B05D18" w:rsidP="00D32BF3">
           <w:pPr>
             <w:pStyle w:val="B17ColouredFooterRIGHT"/>
             <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="00D32BF3">
             <w:t>Schroder ISF* EURO Credit Conviction</w:t>
           </w:r>
           <w:r w:rsidR="00AB27FB">
             <w:t xml:space="preserve"> Short Duration</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2E822A69" w14:textId="256B005A" w:rsidR="006E0C71" w:rsidRPr="00D32BF3" w:rsidRDefault="00D57B82" w:rsidP="00D32BF3">
+        <w:p w14:paraId="2E822A69" w14:textId="06293ECE" w:rsidR="006E0C71" w:rsidRPr="00D32BF3" w:rsidRDefault="00D57B82" w:rsidP="00D32BF3">
           <w:pPr>
             <w:pStyle w:val="B17ColouredFooterRIGHT"/>
             <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="00D32BF3">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Fund Manager: Patrick Vogel | Fund update: </w:t>
           </w:r>
-          <w:r w:rsidR="00707826">
+          <w:r w:rsidR="00354807">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
-            <w:t>November</w:t>
+            <w:t>December</w:t>
           </w:r>
           <w:r w:rsidR="00077E14">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve"> 2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="393" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="52A1D97B" w14:textId="45355DF1" w:rsidR="00662112" w:rsidRPr="00D32BF3" w:rsidRDefault="006A3B92" w:rsidP="00D32BF3">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
@@ -5830,51 +5685,50 @@
   <w:num w:numId="19" w16cid:durableId="187837706">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="430442540">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="710151987">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1474639596">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="806626858">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1583297624">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
@@ -6435,50 +6289,51 @@
     <w:rsid w:val="00330D54"/>
     <w:rsid w:val="003313FE"/>
     <w:rsid w:val="0033254E"/>
     <w:rsid w:val="00332982"/>
     <w:rsid w:val="00332A3E"/>
     <w:rsid w:val="00333C34"/>
     <w:rsid w:val="00334352"/>
     <w:rsid w:val="0033478C"/>
     <w:rsid w:val="0033488F"/>
     <w:rsid w:val="00336311"/>
     <w:rsid w:val="00336B1F"/>
     <w:rsid w:val="003370AD"/>
     <w:rsid w:val="00337EF5"/>
     <w:rsid w:val="003425FF"/>
     <w:rsid w:val="00343135"/>
     <w:rsid w:val="00343426"/>
     <w:rsid w:val="00343725"/>
     <w:rsid w:val="00345B46"/>
     <w:rsid w:val="003464E6"/>
     <w:rsid w:val="00346A00"/>
     <w:rsid w:val="00347608"/>
     <w:rsid w:val="003513FD"/>
     <w:rsid w:val="003523B8"/>
     <w:rsid w:val="00353BAB"/>
     <w:rsid w:val="003545AF"/>
+    <w:rsid w:val="00354807"/>
     <w:rsid w:val="00354A1D"/>
     <w:rsid w:val="003564CA"/>
     <w:rsid w:val="00356C10"/>
     <w:rsid w:val="00357B97"/>
     <w:rsid w:val="0036046C"/>
     <w:rsid w:val="0036070D"/>
     <w:rsid w:val="00360F22"/>
     <w:rsid w:val="00361276"/>
     <w:rsid w:val="00362BA8"/>
     <w:rsid w:val="003633F0"/>
     <w:rsid w:val="003641EB"/>
     <w:rsid w:val="003652C3"/>
     <w:rsid w:val="003652D6"/>
     <w:rsid w:val="003652F9"/>
     <w:rsid w:val="00365B56"/>
     <w:rsid w:val="00366F32"/>
     <w:rsid w:val="00367765"/>
     <w:rsid w:val="003679A1"/>
     <w:rsid w:val="003702D9"/>
     <w:rsid w:val="00371F75"/>
     <w:rsid w:val="003722EC"/>
     <w:rsid w:val="00373153"/>
     <w:rsid w:val="00374076"/>
     <w:rsid w:val="00375256"/>
     <w:rsid w:val="00375963"/>
@@ -7529,50 +7384,51 @@
     <w:rsid w:val="00922F56"/>
     <w:rsid w:val="00923999"/>
     <w:rsid w:val="009242D5"/>
     <w:rsid w:val="00925AC4"/>
     <w:rsid w:val="009264D8"/>
     <w:rsid w:val="009268D2"/>
     <w:rsid w:val="009269B3"/>
     <w:rsid w:val="0092741A"/>
     <w:rsid w:val="00930B4E"/>
     <w:rsid w:val="00930EAF"/>
     <w:rsid w:val="0093136E"/>
     <w:rsid w:val="009316A3"/>
     <w:rsid w:val="00931B6C"/>
     <w:rsid w:val="00933D8D"/>
     <w:rsid w:val="00934803"/>
     <w:rsid w:val="009348DC"/>
     <w:rsid w:val="0093602E"/>
     <w:rsid w:val="0093621D"/>
     <w:rsid w:val="0093714A"/>
     <w:rsid w:val="00940F3C"/>
     <w:rsid w:val="00941568"/>
     <w:rsid w:val="00941E9F"/>
     <w:rsid w:val="00942BD1"/>
     <w:rsid w:val="00942FBE"/>
     <w:rsid w:val="009431C0"/>
+    <w:rsid w:val="0094526C"/>
     <w:rsid w:val="009460A5"/>
     <w:rsid w:val="009465AA"/>
     <w:rsid w:val="00947A7A"/>
     <w:rsid w:val="00947D2F"/>
     <w:rsid w:val="00950F9F"/>
     <w:rsid w:val="009513FD"/>
     <w:rsid w:val="00951CC9"/>
     <w:rsid w:val="00954478"/>
     <w:rsid w:val="00954C29"/>
     <w:rsid w:val="009559C1"/>
     <w:rsid w:val="00956001"/>
     <w:rsid w:val="00956904"/>
     <w:rsid w:val="009604FB"/>
     <w:rsid w:val="00960B50"/>
     <w:rsid w:val="00961438"/>
     <w:rsid w:val="00961931"/>
     <w:rsid w:val="00962243"/>
     <w:rsid w:val="0096494E"/>
     <w:rsid w:val="00964D02"/>
     <w:rsid w:val="00964F91"/>
     <w:rsid w:val="00965474"/>
     <w:rsid w:val="009654D1"/>
     <w:rsid w:val="0096553A"/>
     <w:rsid w:val="009660C7"/>
     <w:rsid w:val="0096693C"/>
@@ -10852,54 +10708,70 @@
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps8.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps9.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableList UniqueId="89cb3e8f-aa55-4601-ad38-1b958174d266" Name="AD_HOC" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="ee45275a-de19-416e-9d22-490157ad7a54" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item10.xml><?xml version="1.0" encoding="utf-8"?>
+<CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
+  <PublishDate>Fund Manager: Patrick Vogel | Fund update: September 2022</PublishDate>
+  <Abstract/>
+  <CompanyAddress/>
+  <CompanyPhone/>
+  <CompanyFax/>
+  <CompanyEmail/>
+</CoverPageProperties>
+</file>
+
+<file path=customXml/item11.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AEFF028DBF6A5A4AACCE86F7DC7A62B5" ma:contentTypeVersion="33" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="32feb9ebb17725f20c1612b1586cc654">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69ece4c0-e639-4d27-a408-778c245e4fea" xmlns:ns3="c8fafc93-787e-4f10-bd18-bb5398e89066" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a4cf37c1eab08ba47b2e216147d5e197" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69ece4c0-e639-4d27-a408-778c245e4fea"/>
     <xsd:import namespace="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
@@ -11177,506 +11049,490 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item11.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item12.xml><?xml version="1.0" encoding="utf-8"?>
-<DataSourceInfo>
-[...8 lines deleted...]
-</DataSourceInfo>
+<SourceDataModel Name="AD_HOC" TargetDataSourceId="ee45275a-de19-416e-9d22-490157ad7a54"/>
 </file>
 
 <file path=customXml/item13.xml><?xml version="1.0" encoding="utf-8"?>
-<SourceDataModel Name="System" TargetDataSourceId="93a9c6a9-1bb2-4681-8722-67314e685cec"/>
+<VariableList UniqueId="cef6696b-cc44-400c-a143-c0247c66202d" Name="Computed" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="ad8b6a6e-acd5-4b0f-937c-61d6e047e17f" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
 </file>
 
 <file path=customXml/item14.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListCustXmlRels>
+  <VariableListCustXmlRel variableListName="AD_HOC">
+    <VariableListDefCustXmlId>{D9F4C43E-5A6C-4532-83F6-D5E7F3B98D92}</VariableListDefCustXmlId>
+    <LibraryMetadataCustXmlId>{2E6718E7-1408-42D8-851F-5CFF3A7FBDD2}</LibraryMetadataCustXmlId>
+    <DataSourceInfoCustXmlId>{6570A155-273F-4696-8DF0-60CA5A3B40E4}</DataSourceInfoCustXmlId>
+    <DataSourceMappingCustXmlId>{8ECFCB54-2FF4-4132-A5C0-73E77D511520}</DataSourceMappingCustXmlId>
+    <SdmcCustXmlId>{9F6EEF50-FAA3-430F-AB9A-DCCA58324E69}</SdmcCustXmlId>
+  </VariableListCustXmlRel>
+  <VariableListCustXmlRel variableListName="Computed">
+    <VariableListDefCustXmlId>{466049E2-A633-4A07-8F73-94A74612CEB1}</VariableListDefCustXmlId>
+    <LibraryMetadataCustXmlId>{C012A1EA-2DEB-44E9-9AA2-CCDCD74F7B85}</LibraryMetadataCustXmlId>
+    <DataSourceInfoCustXmlId>{ED122ABE-3000-4C61-A4D4-1CF3FB765444}</DataSourceInfoCustXmlId>
+    <DataSourceMappingCustXmlId>{0CFB1A0D-283B-4691-B3B9-277AD406217B}</DataSourceMappingCustXmlId>
+    <SdmcCustXmlId>{9BD77C0F-5F99-4C56-9349-1DED4DA3FBDA}</SdmcCustXmlId>
+  </VariableListCustXmlRel>
+  <VariableListCustXmlRel variableListName="System">
+    <VariableListDefCustXmlId>{18D228CC-482B-4A29-BD67-03183A2239EB}</VariableListDefCustXmlId>
+    <LibraryMetadataCustXmlId>{2D11195C-FCEF-4ABD-832D-BCE58AEEAF26}</LibraryMetadataCustXmlId>
+    <DataSourceInfoCustXmlId>{042FBFF2-1E7C-4508-A14D-556666DB3BD1}</DataSourceInfoCustXmlId>
+    <DataSourceMappingCustXmlId>{EBA4E60E-C5D0-4A42-AA14-041C36011B2C}</DataSourceMappingCustXmlId>
+    <SdmcCustXmlId>{02E0CDAB-DCE7-4751-8414-45C0A73A7168}</SdmcCustXmlId>
+  </VariableListCustXmlRel>
+</VariableListCustXmlRels>
+</file>
+
+<file path=customXml/item15.xml><?xml version="1.0" encoding="utf-8"?>
 <DataSourceInfo>
   <Id>93a9c6a9-1bb2-4681-8722-67314e685cec</Id>
   <MajorVersion>0</MajorVersion>
   <MinorVersion>1</MinorVersion>
   <DataSourceType>System</DataSourceType>
   <Name>System</Name>
   <Description/>
   <Filter/>
   <DataFields/>
 </DataSourceInfo>
 </file>
 
-<file path=customXml/item15.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item16.xml><?xml version="1.0" encoding="utf-8"?>
-<DataSourceMapping>
-[...11 lines deleted...]
-</DataSourceMapping>
+<VariableListDefinition name="Computed" displayName="Computed" id="cef6696b-cc44-400c-a143-c0247c66202d" isdomainofvalue="False" dataSourceId="ad8b6a6e-acd5-4b0f-937c-61d6e047e17f"/>
 </file>
 
 <file path=customXml/item17.xml><?xml version="1.0" encoding="utf-8"?>
-<AllWordPDs>
-</AllWordPDs>
+<VariableUsageMapping/>
 </file>
 
 <file path=customXml/item18.xml><?xml version="1.0" encoding="utf-8"?>
-<AllMetadata/>
-[...109 lines deleted...]
-<file path=customXml/item8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h5c6f3f9467c440da5d4e58f9d6915e3 xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </h5c6f3f9467c440da5d4e58f9d6915e3>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="69ece4c0-e639-4d27-a408-778c245e4fea" xsi:nil="true"/>
     <gdc95e895a66489fbddfd0aedeef4a4d xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </gdc95e895a66489fbddfd0aedeef4a4d>
     <na0ef3f2435a44f992efef542271c1ad xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </na0ef3f2435a44f992efef542271c1ad>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <eb70884a37994eea8f8610875be350fb xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </eb70884a37994eea8f8610875be350fb>
     <n36f8d5caa114d28bd6cd683d744a75d xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </n36f8d5caa114d28bd6cd683d744a75d>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <id1de02aebd34f1b9a02af7835d3332c xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </id1de02aebd34f1b9a02af7835d3332c>
     <pd7ad48bd346410abfeeb792744c4564 xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </pd7ad48bd346410abfeeb792744c4564>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item19.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="System" TargetDataSourceId="93a9c6a9-1bb2-4681-8722-67314e685cec"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceMapping>
+  <Id>2ed5c66a-b5f1-4f52-a101-dc392f92eb29</Id>
+  <Name>EXPRESSION_VARIABLE_MAPPING</Name>
+  <TargetDataSource>ad8b6a6e-acd5-4b0f-937c-61d6e047e17f</TargetDataSource>
+  <SourceType>XML File</SourceType>
+  <IsReadOnly>false</IsReadOnly>
+  <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
+  <SalesforceOrganizationName/>
+  <SalesforceApiVersion/>
+  <Properties/>
+  <RawMappings/>
+  <DesignTimeProperties/>
+</DataSourceMapping>
+</file>
+
+<file path=customXml/item20.xml><?xml version="1.0" encoding="utf-8"?>
+<AllMetadata/>
+</file>
+
+<file path=customXml/item21.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="Computed" TargetDataSourceId="ad8b6a6e-acd5-4b0f-937c-61d6e047e17f"/>
+</file>
+
+<file path=customXml/item22.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceMapping>
+  <Id>c6d307e8-be74-4b6a-9c8e-c8adb9822790</Id>
+  <Name>EXPRESSION_VARIABLE_MAPPING</Name>
+  <TargetDataSource>93a9c6a9-1bb2-4681-8722-67314e685cec</TargetDataSource>
+  <SourceType>XML File</SourceType>
+  <IsReadOnly>false</IsReadOnly>
+  <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
+  <SalesforceOrganizationName/>
+  <SalesforceApiVersion/>
+  <Properties/>
+  <RawMappings/>
+  <DesignTimeProperties/>
+</DataSourceMapping>
+</file>
+
+<file path=customXml/item23.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceMapping>
+  <Id>dec0d057-3e5d-4a0d-a4b6-c0cb5a7854aa</Id>
+  <Name>AD_HOC_MAPPING</Name>
+  <TargetDataSource>ee45275a-de19-416e-9d22-490157ad7a54</TargetDataSource>
+  <SourceType>XML File</SourceType>
+  <IsReadOnly>false</IsReadOnly>
+  <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
+  <SalesforceOrganizationName/>
+  <SalesforceApiVersion/>
+  <Properties>
+    <Property Name="RecordSeperator" Value="SampleData/DataRecord"/>
+  </Properties>
+  <RawMappings/>
+  <DesignTimeProperties/>
+</DataSourceMapping>
+</file>
+
+<file path=customXml/item24.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="System" displayName="System" id="8282689e-c4a1-46ae-839e-56428b506614" isdomainofvalue="False" dataSourceId="93a9c6a9-1bb2-4681-8722-67314e685cec"/>
+</file>
+
+<file path=customXml/item25.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceInfo>
+  <Id>ad8b6a6e-acd5-4b0f-937c-61d6e047e17f</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>Expression</DataSourceType>
+  <Name>Computed</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
+</file>
+
+<file path=customXml/item26.xml><?xml version="1.0" encoding="utf-8"?>
+<AllWordPDs>
+</AllWordPDs>
+</file>
+
+<file path=customXml/item27.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceInfo>
+  <Id>ee45275a-de19-416e-9d22-490157ad7a54</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>Ad_Hoc</DataSourceType>
+  <Name>AD_HOC</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableList UniqueId="8282689e-c4a1-46ae-839e-56428b506614" Name="System" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="93a9c6a9-1bb2-4681-8722-67314e685cec" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableList UniqueId="89cb3e8f-aa55-4601-ad38-1b958174d266" Name="AD_HOC" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="ee45275a-de19-416e-9d22-490157ad7a54" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<AllExternalAdhocVariableMappings/>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="AD_HOC" displayName="AD_HOC" id="89cb3e8f-aa55-4601-ad38-1b958174d266" isdomainofvalue="False" dataSourceId="ee45275a-de19-416e-9d22-490157ad7a54"/>
+</file>
+
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<DocPartTree/>
+</file>
+
+<file path=customXml/item8.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item9.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableListCustXmlRels>
-[...21 lines deleted...]
-</VariableListCustXmlRels>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E6718E7-1408-42D8-851F-5CFF3A7FBDD2}">
-  <ds:schemaRefs/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F115239F-F1C4-49E9-964B-C793131892BB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps10.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19015827-52B2-4903-9ECD-9019F01C3E7B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps11.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{428C1F5D-DFDC-4BED-A09C-2D619C34A9B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69ece4c0-e639-4d27-a408-778c245e4fea"/>
     <ds:schemaRef ds:uri="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps11.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/itemProps12.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED122ABE-3000-4C61-A4D4-1CF3FB765444}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F6EEF50-FAA3-430F-AB9A-DCCA58324E69}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps13.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02E0CDAB-DCE7-4751-8414-45C0A73A7168}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C012A1EA-2DEB-44E9-9AA2-CCDCD74F7B85}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps14.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{771DF6E6-C94E-4B7C-84C1-DB2F79C417C1}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps15.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{042FBFF2-1E7C-4508-A14D-556666DB3BD1}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps15.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps16.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CFB1A0D-283B-4691-B3B9-277AD406217B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{466049E2-A633-4A07-8F73-94A74612CEB1}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps17.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C367B8A-B37A-4BCB-BC9C-2FD188816234}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E52DA5E-AAFA-4EF3-A76D-AB8824C64553}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps18.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{150DAC81-0347-41D3-9EF5-415757EE687C}">
-[...100 lines deleted...]
-<file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F01704FF-7A59-40DA-8F51-9AE6011EA24B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69ece4c0-e639-4d27-a408-778c245e4fea"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps19.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02E0CDAB-DCE7-4751-8414-45C0A73A7168}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CFB1A0D-283B-4691-B3B9-277AD406217B}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps20.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{150DAC81-0347-41D3-9EF5-415757EE687C}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps21.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BD77C0F-5F99-4C56-9349-1DED4DA3FBDA}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps22.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBA4E60E-C5D0-4A42-AA14-041C36011B2C}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps23.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8ECFCB54-2FF4-4132-A5C0-73E77D511520}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps24.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18D228CC-482B-4A29-BD67-03183A2239EB}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps25.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED122ABE-3000-4C61-A4D4-1CF3FB765444}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps26.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C367B8A-B37A-4BCB-BC9C-2FD188816234}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps27.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6570A155-273F-4696-8DF0-60CA5A3B40E4}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D11195C-FCEF-4ABD-832D-BCE58AEEAF26}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E6718E7-1408-42D8-851F-5CFF3A7FBDD2}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDFB66BD-6B5B-4148-B88F-6E47AB3E2A52}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9F4C43E-5A6C-4532-83F6-D5E7F3B98D92}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEF1E46D-0062-4059-8329-DC8893B19587}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA81708C-DB8C-4E6C-A9E8-63084110D99C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps9.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{771DF6E6-C94E-4B7C-84C1-DB2F79C417C1}">
-  <ds:schemaRefs/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC61B091-6854-46C3-A378-D949C160F847}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1d3680c3-127e-4a30-867f-435e340a45e3}" enabled="0" method="" siteId="{1d3680c3-127e-4a30-867f-435e340a45e3}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2113</Words>
-  <Characters>11476</Characters>
+  <Words>2168</Words>
+  <Characters>11686</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>337</Lines>
-  <Paragraphs>113</Paragraphs>
+  <Lines>343</Lines>
+  <Paragraphs>105</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Schroders Investment Management</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13476</CharactersWithSpaces>
+  <CharactersWithSpaces>13749</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1835024</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.schroders.com/en/lu/professional-investor/footer/complaints-handling/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3670057</vt:i4>
       </vt:variant>
       <vt:variant>