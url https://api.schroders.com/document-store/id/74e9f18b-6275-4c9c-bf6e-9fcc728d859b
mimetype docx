--- v2 (2026-01-31)
+++ v3 (2026-02-28)
@@ -106,559 +106,461 @@
           </w:tcPr>
           <w:p w14:paraId="1006E699" w14:textId="0024AD81" w:rsidR="009F59AF" w:rsidRPr="00D32BF3" w:rsidRDefault="00E7759E" w:rsidP="00BD4EC8">
             <w:pPr>
               <w:pStyle w:val="B17MastheadTitle"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc474410756"/>
             <w:r w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">Schroder </w:t>
             </w:r>
             <w:r w:rsidR="00027EFC" w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">ISF* </w:t>
             </w:r>
             <w:r w:rsidRPr="00D32BF3">
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00027EFC" w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">URO </w:t>
             </w:r>
             <w:r w:rsidR="00B05D18" w:rsidRPr="00D32BF3">
               <w:t>Credit Conviction</w:t>
             </w:r>
             <w:r w:rsidR="00662013">
               <w:t xml:space="preserve"> Short Duration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09B751C3" w14:textId="3A53DEDF" w:rsidR="00E7759E" w:rsidRPr="00D32BF3" w:rsidRDefault="00AE2132" w:rsidP="005503CF">
+          <w:p w14:paraId="09B751C3" w14:textId="2D575F43" w:rsidR="00E7759E" w:rsidRPr="00D32BF3" w:rsidRDefault="00AE2132" w:rsidP="005503CF">
             <w:pPr>
               <w:pStyle w:val="B17MastheadSmallSubtitle"/>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">Fund </w:t>
             </w:r>
             <w:r w:rsidR="0055783F" w:rsidRPr="00D32BF3">
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">anager: </w:t>
             </w:r>
             <w:r w:rsidR="00164E97" w:rsidRPr="00D32BF3">
               <w:t>Patrick Vogel</w:t>
             </w:r>
             <w:r w:rsidR="00417C1C" w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D32BF3">
               <w:t xml:space="preserve">| Fund update: </w:t>
             </w:r>
-            <w:r w:rsidR="00354807">
-              <w:t>December</w:t>
+            <w:r w:rsidR="00067DBC">
+              <w:t>January</w:t>
             </w:r>
             <w:r w:rsidR="00F6738E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D32BF3">
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="008379D9">
-              <w:t>5</w:t>
+            <w:r w:rsidR="00067DBC">
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17905BB0" w14:textId="77777777" w:rsidR="00F83AFE" w:rsidRPr="00B76737" w:rsidRDefault="00F83AFE" w:rsidP="00B831A3">
       <w:pPr>
         <w:pStyle w:val="B17BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="181A3958" w14:textId="77777777" w:rsidR="00B831A3" w:rsidRDefault="00B831A3" w:rsidP="001C7C75">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:sectPr w:rsidR="00B831A3" w:rsidSect="008C2794">
           <w:footerReference w:type="even" r:id="rId34"/>
           <w:footerReference w:type="default" r:id="rId35"/>
           <w:headerReference w:type="first" r:id="rId36"/>
           <w:footerReference w:type="first" r:id="rId37"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="624" w:right="992" w:bottom="851" w:left="992" w:header="709" w:footer="284" w:gutter="0"/>
           <w:cols w:space="284"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4116A69B" w14:textId="77777777" w:rsidR="00942BD1" w:rsidRPr="00942BD1" w:rsidRDefault="00942BD1" w:rsidP="00942BD1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D0266A5" w14:textId="77777777" w:rsidR="003C4151" w:rsidRDefault="00AE2132" w:rsidP="0055783F">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:left="-284"/>
       </w:pPr>
       <w:r>
         <w:t>Performance overview</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C0BC82A" w14:textId="201F85DF" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="106BEC60" w14:textId="222EECD7" w:rsidR="00067DBC" w:rsidRPr="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:hanging="270"/>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ja-JP"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Government bonds were the main influence on credit markets during December with yields across the major government bond markets generally increasing. Although the Federal Reserve (Fed) cut interest rates by a further 25 basis points as expected, the release of better-than-expected Q3 US GDP growth contrasted with softer job growth and rising unemployment. Recent labour market data suggested a moderation - but not a collapse – in labour demand, with the low hire, low fire trend continuing. </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Despite heightened geopolitical tensions during January, credit markets were resilient as global economic data generally remained positive. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66F27AB2" w14:textId="750433B5" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="209AA7F2" w14:textId="591B4C04" w:rsidR="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...13 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">In European credit markets, spreads closed unchanged month over month as the primary market was quiet and liquidity dried up ahead of the year-end, traditionally a time when trading volumes are low. </w:t>
+      <w:r>
+        <w:t xml:space="preserve">In European credit, spreads tightened further as a strong technical backdrop continued to underpin investment grade markets. It was a record start to the year for new issuance, with multiple times book coverage in the primary market indicative of the currently insatiable appetite for European credit despite spreads close to historical lows. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352F9A66" w14:textId="6B2EA87D" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="2244711D" w14:textId="023E30B2" w:rsidR="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...13 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-[...6 lines deleted...]
-        <w:t>The European Central Bank (ECB) kept interest rates on hold as expected, while upgrading their forecasts for growth and core inflation. The bond markets anticipated the next move by the ECB to be a rate hike following hawkish comments by board member Isabel Schnabel. German bund yields were driven higher by the announcement that issuance levels in 2026 are set to be substantially above forecast, €500bn as against consensus estimates for €300bn.</w:t>
+      <w:r>
+        <w:t xml:space="preserve">President Trump’s threat of 25% tariffs on European allies in the pursuit of Greenland was later rescinded but nevertheless injected a degree of uncertainty into the region’s outlook. Nevertheless, eurozone economic indicators released during the month were supportive, with the Flash Composite Purchasing Managers Index (PMI) for January highlighting 13 consecutive months of growth in private sector activity underpinned by the continuing strength of the services sector and a rebound in manufacturing. The GDP (gross domestic product) figures for the fourth quarter indicated the eurozone economy expanded for the ninth consecutive quarter with growth in both Germany and France exceeding expectations. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BF60459" w14:textId="0A09BCF1" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="360AFB72" w14:textId="0533DB73" w:rsidR="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...13 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-[...6 lines deleted...]
-        <w:t>The Flash Composite Purchasing Managers Index (PMI) for December highlighted that although the eurozone economy lost some momentum as the year ended, activity in the services sector remained robust. However, there were signs of a renewed downturn in the manufacturing sector with a decline in new orders for the second consecutive month. Nevertheless, the PMI signalled an expansion in activity overall and in Q4 as a whole the eurozone’s best performance since the second quarter of 2022.</w:t>
+      <w:r>
+        <w:t xml:space="preserve">Inflation fell to 2% in December, in line with the European Central Bank’s (ECB) target for the first time since the summer, reinforcing the case for interest rates to remain on hold. The ECB has forecast inflation should average just below its official target over this year. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03AB74DE" w14:textId="12BFFE8A" w:rsidR="00730B85" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="5E5D06A6" w14:textId="77777777" w:rsidR="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...13 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-[...6 lines deleted...]
-        <w:t>The preliminary estimate for December indicated that consumer price inflation returned to its 2% target, reflecting a modest easing of pricing pressures in the services sector – which had been the principal driver of headline inflation - and reinforcing expectations that interest rates are likely to remain on hold over the coming months.</w:t>
+      <w:r>
+        <w:t>In eurozone government bond markets, France outperformed with spreads over Germany tightening to levels last seen in mid-2024 (before President Macron’s unexpected announcement of parliamentary elections). French premier Sebastien Lecornu pledged to invoke Article 49.3 to force through the 2026 Budget, effectively bypassing a parliamentary vote. Despite the still-elevated 5% budget deficit, investors welcomed the semblance of political stability.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4437F23B" w14:textId="1EB43D96" w:rsidR="00AE2132" w:rsidRPr="008174A3" w:rsidRDefault="00AE2132" w:rsidP="00C90521">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
       </w:pPr>
       <w:r w:rsidRPr="00234B2C">
         <w:t>Drivers of fund performance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B1CCD8D" w14:textId="4AFEA8B7" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="56C5A991" w14:textId="5209B474" w:rsidR="00067DBC" w:rsidRPr="00067DBC" w:rsidRDefault="00354807" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00354807">
-        <w:t>The Fund posted a positive total return and outperformed the reference benchmark during December after fees.</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00067DBC" w:rsidRPr="00067DBC">
+        <w:t>Fund posted a positive total return and outperformed the reference benchmark during January after fees.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="550EF3FC" w14:textId="6E994F09" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="3E5CF19A" w14:textId="06C03CEE" w:rsidR="00067DBC" w:rsidRPr="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-        <w:t>Security selection in the automotive, utility, banking, healthcare and insurance sectors was additive.</w:t>
+      <w:r w:rsidRPr="00067DBC">
+        <w:t>Security selection, sector allocation and credit carry contributed positively. Security selection in the energy, real estate and healthcare sectors was additive. Security selection in real estate, healthcare and energy were all additive, while off-benchmark allocations to USD-denominated energy, junior subordinated banking and an overweight allocation to senior financial services also contributed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A847DA" w14:textId="0EFE1915" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="2D32E663" w14:textId="26C89DB7" w:rsidR="00067DBC" w:rsidRPr="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-        <w:t xml:space="preserve">Within the banking sector, holdings in Eastern European lenders made a positive contribution. </w:t>
+      <w:r w:rsidRPr="00067DBC">
+        <w:t xml:space="preserve">Exposure to corporate hybrid securities also made a positive contribution, particularly our holding in a leading European healthcare and life sciences group. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="134DF88F" w14:textId="0F9867D4" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="38E23190" w14:textId="25F227E3" w:rsidR="00067DBC" w:rsidRPr="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-        <w:t>In contrast security selection in real estate detracted.</w:t>
+      <w:r w:rsidRPr="00067DBC">
+        <w:t xml:space="preserve">Further spread compression in the real estate sector was beneficial. A notable contributor during the month was the holding in a commercial developer focused on the Central and Eastern European markets, following a successful tender of existing high coupon bonds to reduce its funding costs.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3145500E" w14:textId="77777777" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="49801AE9" w14:textId="330516C3" w:rsidR="00067DBC" w:rsidRPr="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
+      <w:r w:rsidRPr="00067DBC">
         <w:t xml:space="preserve">Off-benchmark exposure to Romania continues to be additive for relative performance, as the country’s sovereign debt has a low correlation with the euro-denominated investment grade market.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AED1406" w14:textId="4EF9ECB2" w:rsidR="00ED7974" w:rsidRPr="00FC57A5" w:rsidRDefault="00ED7974" w:rsidP="00354807">
+    <w:p w14:paraId="0AED1406" w14:textId="0BA4FDDC" w:rsidR="00ED7974" w:rsidRPr="00FC57A5" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:ind w:left="-141"/>
+        <w:ind w:left="142" w:hanging="283"/>
       </w:pPr>
+      <w:r w:rsidRPr="00067DBC">
+        <w:t>In contrast, positioning in the banking and automotive sectors detracted.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0AA3825D" w14:textId="77777777" w:rsidR="005105CD" w:rsidRDefault="005105CD" w:rsidP="00FC57A5">
+    <w:p w14:paraId="0AA3825D" w14:textId="38AF0F3B" w:rsidR="005105CD" w:rsidRDefault="005105CD" w:rsidP="00FC57A5">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:spacing w:before="250"/>
         <w:ind w:right="-142"/>
       </w:pPr>
       <w:r w:rsidRPr="00881C80">
-        <w:t>Portfolio activity</w:t>
+        <w:t>Portfolio</w:t>
+      </w:r>
+      <w:r w:rsidR="00067DBC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C80">
+        <w:t>activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="102311A3" w14:textId="74A1DDD8" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="3267432B" w14:textId="5E5E362A" w:rsidR="00067DBC" w:rsidRPr="00067DBC" w:rsidRDefault="00354807" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk71212939"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk116294290"/>
       <w:r w:rsidRPr="00354807">
-        <w:t xml:space="preserve">With credit spreads at tight levels, we have retained a cautious approach. The Fund’s spread duration has been maintained broadly in line with the reference benchmark, limiting the portfolio’s sensitivity to any widening of credit spreads.  </w:t>
+        <w:t xml:space="preserve">With </w:t>
+      </w:r>
+      <w:r w:rsidR="00067DBC" w:rsidRPr="00067DBC">
+        <w:t xml:space="preserve">credit spreads having tightened further, we have retained a cautious approach. We continue to reduce the spread duration of the portfolio, limiting the sensitivity to any widening of credit spreads.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37991B10" w14:textId="7A14AA60" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="1B18172E" w14:textId="26F3418D" w:rsidR="00067DBC" w:rsidRPr="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
+      <w:r w:rsidRPr="00067DBC">
         <w:t xml:space="preserve">We have parked a proportion of the portfolio in cash and cash equivalents, awaiting suitable opportunities to deploy these funds in credit markets.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="048B983F" w14:textId="1BD8058F" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="2F3896DC" w14:textId="77777777" w:rsidR="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="004F4994">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-        <w:t>During December, trading activity was relatively light. We added holdings in short-dated securities issued by leading US investment banks, which carry a high credit rating, as well as short-dated senior debt issued by a French bank.</w:t>
+      <w:r w:rsidRPr="00067DBC">
+        <w:t xml:space="preserve">Among utilities, we added a holding in a new issue from a Spanish gas distributor which was heavily oversubscribed as the business benefits from substantial recurring revenues underpinned by a favourable regulatory environment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="431F7B2A" w14:textId="7957575D" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="3A9449C9" w14:textId="1F418283" w:rsidR="00067DBC" w:rsidRPr="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="004F4994">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-        <w:t>Among higher yielding securities, we added a holding in a US payments processing company which is growing revenues and gaining market share.</w:t>
+      <w:r w:rsidRPr="00067DBC">
+        <w:t xml:space="preserve">In the technology sector, we acquired a holding in a US supplier of specialist manufacturing equipment to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067DBC">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">semiconductor industry, which is beneficially of the boom in AI-related capital expenditure. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01317BED" w14:textId="137C0FC5" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="4981D761" w14:textId="7957E788" w:rsidR="00067DBC" w:rsidRPr="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-        <w:t xml:space="preserve">We  also added to our holdings in Eastern European banks, which continue to offer an attractive yield over lenders in core European markets. </w:t>
+      <w:r w:rsidRPr="00067DBC">
+        <w:t>We also added emerging markets sovereign issues offering an additional yield.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="626BF482" w14:textId="77777777" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="002AF966" w14:textId="74655A7B" w:rsidR="00067DBC" w:rsidRPr="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-        <w:t xml:space="preserve">In the real estate sector, we sold our holding in a European healthcare REIT exiting the issue having benefitted from a tightening in the credit spread. </w:t>
+      <w:r w:rsidRPr="00067DBC">
+        <w:t xml:space="preserve">We took profits in our position in an online travel platform as the credit spread has tightened considerably in recent months. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F516D3" w14:textId="27FC3CDF" w:rsidR="00054FF8" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="74F516D3" w14:textId="2FCE96B3" w:rsidR="00054FF8" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-        <w:t xml:space="preserve">We also took profits on our holding in a French life insurance group. </w:t>
+      <w:r w:rsidRPr="00067DBC">
+        <w:t xml:space="preserve">We also sold our holdings in a Spanish supermarket chain following recent spread tightening. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="5CD961DF" w14:textId="71320BB3" w:rsidR="00AE2132" w:rsidRDefault="00AE2132" w:rsidP="007B1280">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:spacing w:before="250"/>
         <w:ind w:right="-142"/>
       </w:pPr>
       <w:r>
         <w:t>Outlook</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="762D4074" w14:textId="55D263C6" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00707826" w:rsidP="00354807">
+    <w:p w14:paraId="7362368F" w14:textId="4DECD44A" w:rsidR="00067DBC" w:rsidRPr="00067DBC" w:rsidRDefault="00707826" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk153186481"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="_Hlk216105344"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk216105344"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk153186481"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk158284516"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk89696232"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk84431178"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk76540173"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk68710450"/>
       <w:r w:rsidRPr="00707826">
         <w:t xml:space="preserve">We </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...5 lines deleted...]
-        <w:t>any broad recovery in the manufacturing sector and the order to inventory ratio in many sectors is still negative. Inflation measures continue to suggest an underlying trend that is hovering slightly above its 2% target.</w:t>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00067DBC" w:rsidRPr="00067DBC">
+        <w:t>remain moderately positive on the economic outlook for the eurozone. The services sector is rebounding strongly, while the labour market remains resilient. In contrast to the rise in unemployment in the US, eurozone unemployment has equalled all-time lows in recent months. However, we have yet to see a sustained recovery in the manufacturing sector and the order to inventory ratio in several sectors is still negative. Inflation measures suggest an underlying trend that is broadly in line with its 2% target.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42E25FC2" w14:textId="75A432DB" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="357788E3" w14:textId="2E7B5EB3" w:rsidR="00067DBC" w:rsidRPr="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
+      <w:r w:rsidRPr="00067DBC">
         <w:t xml:space="preserve">Investors have adopted a broadly positive view on the impact from German fiscal stimulus, in the form of higher infrastructure and defence spending, on the growth prospects for the economy. However, there are clear risks that the multiplier effects from fiscal stimulus could prove be more limited than widely anticipated. Not least because the German government needs to address the issues of funding the state pension system, as well as healthcare provision, against a backdrop of a long-term decline in the workforce on current demographic trends. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508C57B3" w14:textId="000357DE" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="5AD54CCD" w14:textId="6D8E1D01" w:rsidR="00067DBC" w:rsidRPr="00067DBC" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-        <w:t>Accordingly, we are placing a strong emphasis on credit quality with a clear preference for non-cyclical sectors, maintaining a cautious view on the prospects for cyclicals in the eurozone, particularly at a time when credit spreads at index level measured over government bonds are expensive relative to historic levels.</w:t>
+      <w:r w:rsidRPr="00067DBC">
+        <w:t xml:space="preserve">Accordingly, we are placing a strong emphasis on credit quality, while still picking up good carry. We maintain a cautious view on the prospects for cyclicals in the eurozone, particularly at a time when credit spreads at index level measured over government bonds are expensive relative to historic levels. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="330D422C" w14:textId="77777777" w:rsidR="00354807" w:rsidRPr="00354807" w:rsidRDefault="00354807" w:rsidP="00354807">
+    <w:p w14:paraId="26D62746" w14:textId="7E3D27F3" w:rsidR="00077E14" w:rsidRPr="00077E14" w:rsidRDefault="00067DBC" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:ind w:left="142" w:hanging="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="00354807">
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00067DBC">
+        <w:t xml:space="preserve">Nevertheless, the technical backdrop for European credit markets should remain favourable with investors continuing to absorb high volumes of new issuance. Notably, despite concerns over substantial capital expenditure required to fund AI-related infrastructure, leading technology companies have had little difficulty so far in raising capital through the credit </w:t>
+      </w:r>
+      <w:r>
+        <w:t>markets.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="16850306" w14:textId="0F1AA196" w:rsidR="00D332C8" w:rsidRPr="00B23899" w:rsidRDefault="00D332C8" w:rsidP="00077E14">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="-128"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07D1A7D1" w14:textId="587FEF9C" w:rsidR="00D332C8" w:rsidRDefault="00D332C8" w:rsidP="005C6685">
+    <w:p w14:paraId="480BE28E" w14:textId="69E30D39" w:rsidR="0019660A" w:rsidRDefault="00D332C8" w:rsidP="00067DBC">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B23899">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="2B9417B4" w14:textId="77777777" w:rsidR="009604FB" w:rsidRDefault="009604FB" w:rsidP="00077E14">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:right="-41"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D4669A2" w14:textId="141B21E6" w:rsidR="00E5010E" w:rsidRDefault="009604FB" w:rsidP="00525DF8">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="-13" w:right="-41"/>
       </w:pPr>
       <w:r w:rsidRPr="00C3138B">
         <w:t>Past performance does not predict future returns.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3138B">
         <w:t>Th</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3138B">
         <w:t>value of investments and the income from them may go down as well as up and investors may not get back the amount originally invested.</w:t>
       </w:r>
       <w:r w:rsidR="00E5010E" w:rsidRPr="00957608">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00E5010E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p w14:paraId="214F4671" w14:textId="77777777" w:rsidR="00AE2132" w:rsidRPr="00052E16" w:rsidRDefault="00AE2132" w:rsidP="0055783F">
       <w:pPr>
         <w:pStyle w:val="B17SectionHeading14ptUnderscore"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00052E16">
         <w:t>Calendar year performance (%)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5148" w:type="pct"/>
         <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002A5E"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="74" w:type="dxa"/>
           <w:right w:w="74" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
@@ -1034,246 +936,281 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4137DED1" w14:textId="138E9EC0" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="176BC2C8" w14:textId="616CF374" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="176BC2C8" w14:textId="3BC949CC" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>6.3</w:t>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r w:rsidR="00067DBC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="1420E1AF" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1019" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="019339A3" w14:textId="41DCEBEC" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1397" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0816CBE1" w14:textId="53538497" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="0816CBE1" w14:textId="17099366" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052E16">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-16.7</w:t>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00067DBC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D9829EA" w14:textId="5EBF5D5A" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="6D9829EA" w14:textId="4801464E" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052E16">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-15.7</w:t>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00067DBC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="018CDDAD" w14:textId="4D4A0788" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="018CDDAD" w14:textId="037B61FF" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="005209B9" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00052E16">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-14.8</w:t>
+              <w:t>0.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="6D3D8E74" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1019" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4C7EB404" w14:textId="50838796" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1397" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33CCE0B2" w14:textId="60F574AF" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="33CCE0B2" w14:textId="0C77E0B3" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-1.1</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00067DBC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55D4E9B9" w14:textId="438A4CB1" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="55D4E9B9" w14:textId="4CF0B375" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>0.2</w:t>
+              <w:t>0.</w:t>
+            </w:r>
+            <w:r w:rsidR="00067DBC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64174EF9" w14:textId="2BAD0A74" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-0.6</w:t>
             </w:r>
           </w:p>
@@ -1295,529 +1232,557 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1397" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="218691F5" w14:textId="636FB0BB" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="218691F5" w14:textId="7976A09B" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00067DBC" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32BF3">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>4.8</w:t>
+              <w:t>2.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="429A335A" w14:textId="4EDBCFC6" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="429A335A" w14:textId="0A1CD586" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00067DBC" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32BF3">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>6.1</w:t>
+              <w:t>4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30B0EB3F" w14:textId="61BEB09A" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="30B0EB3F" w14:textId="577BD2A9" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="005209B9" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32BF3">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3.0</w:t>
+              <w:t>-0.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="4F60C0C8" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1019" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ECD546E" w14:textId="2E8587C8" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1397" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="562CEC62" w14:textId="53B6C4B1" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="562CEC62" w14:textId="52DDA354" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00067DBC" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>9.8</w:t>
+              <w:t>6.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14753F26" w14:textId="25A4AD9E" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="14753F26" w14:textId="714355B2" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00067DBC" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>11.1</w:t>
+              <w:t>8.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71045C95" w14:textId="39A54EC8" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="71045C95" w14:textId="7B59EE1D" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="005209B9" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>7.7</w:t>
+              <w:t>-0.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="6EF8D8A7" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1019" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DD08DD9" w14:textId="1F35AE72" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1397" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54DEABD3" w14:textId="69721D02" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="54DEABD3" w14:textId="09FACE6C" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-3.6</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00067DBC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D72B05D" w14:textId="59CFCE82" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="7D72B05D" w14:textId="6ACF8E9E" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-2.4</w:t>
+              <w:t>-2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00067DBC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33E4E383" w14:textId="143249F0" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="33E4E383" w14:textId="39B4EC42" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-2.0</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="005209B9">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="5DCFE56E" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1019" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B9C641F" w14:textId="615B147B" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1397" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19B9D101" w14:textId="7E2D8B8C" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="19B9D101" w14:textId="029554DB" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>6.2</w:t>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r w:rsidR="00067DBC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0893E1BE" w14:textId="344F6409" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="0893E1BE" w14:textId="543DE075" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00067DBC" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32BF3">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>7.5</w:t>
+              <w:t>5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C47E95A" w14:textId="64BD6F94" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="2C47E95A" w14:textId="73574DC3" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="005209B9" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32BF3">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3.4</w:t>
+              <w:t>-0.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00265091" w:rsidRPr="00D32BF3" w14:paraId="45E75570" w14:textId="77777777" w:rsidTr="00354807">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1019" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BA18E99" w14:textId="1F0BC731" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32BF3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1397" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE82AB2" w14:textId="21E57034" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="4FE82AB2" w14:textId="6615FD9C" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00067DBC" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32BF3">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>6.8</w:t>
+              <w:t>3.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18BAC176" w14:textId="7A0E46B7" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="18BAC176" w14:textId="37693464" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00067DBC" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32BF3">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>8.1</w:t>
+              <w:t>4.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F9C9AB1" w14:textId="10BBD3CB" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="00265091" w:rsidP="00265091">
+          <w:p w14:paraId="4F9C9AB1" w14:textId="0B135031" w:rsidR="00265091" w:rsidRPr="00D32BF3" w:rsidRDefault="005209B9" w:rsidP="00265091">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D32BF3">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>5.4</w:t>
+              <w:t>-0.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="766C548E" w14:textId="30CB0AC4" w:rsidR="003304EF" w:rsidRDefault="00B133DF" w:rsidP="00AF572A">
+    <w:p w14:paraId="766C548E" w14:textId="2809BF60" w:rsidR="003304EF" w:rsidRDefault="00B133DF" w:rsidP="00AF572A">
       <w:pPr>
         <w:pStyle w:val="B17Sourcetext"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B133DF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Source: Schroders as at 3</w:t>
       </w:r>
       <w:r w:rsidR="00EE4336">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B133DF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/12/</w:t>
       </w:r>
@@ -1827,93 +1792,137 @@
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00354807">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00B133DF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> net of fees (where applicable), NAV to NAV (bid to bid)</w:t>
       </w:r>
       <w:r w:rsidR="009003A8">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, EUR</w:t>
       </w:r>
       <w:r w:rsidRPr="00B133DF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">. **iBoxx EUR </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00552AA6">
+        <w:t>. **</w:t>
+      </w:r>
+      <w:r w:rsidR="00067DBC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Corp </w:t>
+        <w:t xml:space="preserve">ICE BofA 1-5Y </w:t>
+      </w:r>
+      <w:r w:rsidR="00B340A1">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BBB </w:t>
+      </w:r>
+      <w:r w:rsidR="00067DBC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Euro Corporate Index</w:t>
       </w:r>
       <w:r w:rsidRPr="00B133DF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">BBB. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E12F46" w:rsidRPr="00E12F46">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The fund's performance should be assessed against its target </w:t>
       </w:r>
       <w:r w:rsidR="00E12F46">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>of exceeding</w:t>
       </w:r>
       <w:r w:rsidR="00E12F46" w:rsidRPr="00E12F46">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the iBoxx EUR Corporates BBB (TR)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00525DF8">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00067DBC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-5</w:t>
+        <w:t xml:space="preserve">ICE BofA 1-5Y </w:t>
+      </w:r>
+      <w:r w:rsidR="00B340A1">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BBB </w:t>
+      </w:r>
+      <w:r w:rsidR="00067DBC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Euro Corporate Index</w:t>
       </w:r>
       <w:r w:rsidR="00E12F46" w:rsidRPr="00E12F46">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> index. The fund's investment universe is expected to overlap to a limited extent with the components of the target benchmark.</w:t>
+        <w:t>. The fund's investment universe is expected to overlap to a limited extent with the components of the target benchmark.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB487F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB487F" w:rsidRPr="00EA58E9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB487F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> September 2023 the fund changed from Schroder ISF EURO Credit Absolute Return to Schroder ISF EURO Credit Conviction Short Duration, the benchmark also changed from 3m EURIBOR to ICE BofA 1-5Y Euro Corporate Index.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C4F4C2C" w14:textId="77777777" w:rsidR="007B1280" w:rsidRDefault="007B1280" w:rsidP="007B1280">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="425"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7929F52B" w14:textId="77777777" w:rsidR="000A249B" w:rsidRDefault="000A249B" w:rsidP="00410703">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:sectPr w:rsidR="000A249B" w:rsidSect="008C2794">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="624" w:right="992" w:bottom="851" w:left="992" w:header="709" w:footer="576" w:gutter="0"/>
           <w:cols w:num="2" w:space="284"/>
           <w:titlePg/>
@@ -2043,51 +2052,55 @@
         </w:rPr>
         <w:t>Currency risk / hedged shar</w:t>
       </w:r>
       <w:r w:rsidR="00964F91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="0013369B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>class</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0013369B">
-        <w:t>The hedging of the share class may not be fully effective and residual currency exposure may remain. The cost associated with hedging may impact performance and potential gains may be more limited than for unhedged share classes.</w:t>
+        <w:t xml:space="preserve">The hedging of the share class may not be fully effective and residual currency exposure may remain. The cost associated with hedging may impact performance </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013369B">
+        <w:lastRenderedPageBreak/>
+        <w:t>and potential gains may be more limited than for unhedged share classes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BA9C228" w14:textId="77777777" w:rsidR="00071EF9" w:rsidRPr="0013369B" w:rsidRDefault="00071EF9">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00C45078">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Derivatives risk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="0013369B" w:rsidRPr="0013369B">
         <w:t>Derivatives may be used to manage the portfolio efficiently. The fund may also materially invest in derivatives including using short selling and leverage techniques with the aim of making a return. A derivative may not perform as expected, may create losses greater than the cost of the derivative and may result in losses to the fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8A5703" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
@@ -2107,121 +2120,120 @@
     </w:p>
     <w:p w14:paraId="2839102B" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>IBOR risk</w:t>
       </w:r>
       <w:r>
         <w:t>: The transition of the financial markets away from the use of interbank offered rates (IBORs) to alternative reference rates may impact the valuation of certain holdings and disrupt liquidity in certain instruments. This may impact the investment performance of the fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="302E01B0" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Interest rate risk</w:t>
       </w:r>
       <w:r>
         <w:t>: The fund may lose value as a direct result of interest rate changes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70037C06" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Liquidity risk</w:t>
       </w:r>
       <w:r>
-        <w:t>: In difficult market conditions, the fund may not be able to sell a security for full value or at all. This could affect performance and could cause the fund to defer or suspend redemptions of its shares.</w:t>
+        <w:t xml:space="preserve">: In difficult market conditions, the fund may not be able to sell a security for full value or at all. This could affect performance and could </w:t>
+      </w:r>
+      <w:r>
+        <w:t>cause the fund to defer or suspend redemptions of its shares.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50B9F022" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Market risk</w:t>
       </w:r>
       <w:r>
         <w:t>: The value of investments can go up and down and an investor may not get back the amount initially invested.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="083E2F3B" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Operational risk</w:t>
       </w:r>
       <w:r>
         <w:t>: Operational processes, including those related to the safekeeping of assets, may fail. This may result in losses to the fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54A6ACF8" w14:textId="77777777" w:rsidR="0013369B" w:rsidRDefault="0013369B">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="0013369B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Performance risk</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0013369B">
-        <w:t xml:space="preserve">Investment objectives express an intended result but there is no guarantee that </w:t>
-[...2 lines deleted...]
-        <w:t>such a result will be achieved. Depending on market conditions and the macro economic environment, investment objectives may become more difficult to achieve.</w:t>
+        <w:t>Investment objectives express an intended result but there is no guarantee that such a result will be achieved. Depending on market conditions and the macro economic environment, investment objectives may become more difficult to achieve.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19468B53" w14:textId="77777777" w:rsidR="005C07B7" w:rsidRDefault="005C07B7">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
       </w:pPr>
       <w:r w:rsidRPr="00D02284">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sustainability risk</w:t>
       </w:r>
       <w:r>
         <w:t>: The fund has environmental and/or social characteristics. This means it may have limited exposure to some companies, industries or sectors and may forego certain investment opportunities, or dispose of certain holdings, that do not align with its sustainability criteria. Therefore, the fund may underperform other funds that do not apply similar criteria. The fund may invest in companies that do not reflect the beliefs and values of any particular investor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="425BB1D7" w14:textId="77777777" w:rsidR="00B22A24" w:rsidRDefault="00B22A24" w:rsidP="00B22A24">
       <w:pPr>
         <w:pStyle w:val="B17BulletedtextRegular"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="425" w:hanging="425"/>
@@ -2305,57 +2317,57 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C97C87">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Schroder Investment Management (Switzerland) AG is the Swiss representative («Swiss Representative») and Schroder &amp; Co Bank AG is the paying agent in Switzerland of the Luxembourg domiciled Schroder International Selection Fund. The prospectus for Switzerland, the key information documents, the articles of association and the annual and semi-annual reports may be obtained free of charge from the Swiss Representative. For the UK, these documents can be obtained in English, free of charge, from the Facilities Agent Schroder Investment Management Ltd, 1 London Wall Place, London EC2Y 5AU or at www.schroders.co.uk. Schroders may decide to cease the distribution of any fund(s) in any EEA country at any time but we will publish our intention to do so on our website, in line with applicable regulatory requirements. The fund has environmental and/or social characteristics within the meaning of Article 8 of Regulation (EU) 2019/2088 on Sustainability-related Disclosures in the Financial Services Sector (the “SFDR”). </w:t>
       </w:r>
       <w:r w:rsidR="0087055F" w:rsidRPr="003543F7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>For the UK only: This product is based overseas and is not subject to UK sustainable investment labelling and disclosure requirements.</w:t>
       </w:r>
       <w:r w:rsidR="0087055F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C97C87">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Any reference to sectors/countries/stocks/securities are for illustrative purposes only and not a recommendation to buy or sell any financial instrument/securities or adopt any investment strategy. Past Performance is not a guide to future performance and may not be repeated. The value of investments and the income from them may go down as well as up and investors may not get back the amounts originally invested. Exchange rate changes may cause the value of investments to fall as well as rise. Schroders has expressed its own views and opinions in this document and these may change. Third party data including MSCI data is owned or licensed by the data provider and may </w:t>
+        <w:t xml:space="preserve">Any reference to sectors/countries/stocks/securities are for illustrative purposes </w:t>
       </w:r>
       <w:r w:rsidRPr="00C97C87">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">not be reproduced or extracted and used for any other purpose without the data provider's consent. Third party data is provided without any warranties of any kind. The data provider and issuer of the document shall have no liability in connection with the third party data. The terms of the third party’s specific disclaimers, if any, are set forth in the Important Information section at </w:t>
+        <w:t xml:space="preserve">only and not a recommendation to buy or sell any financial instrument/securities or adopt any investment strategy. Past Performance is not a guide to future performance and may not be repeated. The value of investments and the income from them may go down as well as up and investors may not get back the amounts originally invested. Exchange rate changes may cause the value of investments to fall as well as rise. Schroders has expressed its own views and opinions in this document and these may change. Third party data including MSCI data is owned or licensed by the data provider and may not be reproduced or extracted and used for any other purpose without the data provider's consent. Third party data is provided without any warranties of any kind. The data provider and issuer of the document shall have no liability in connection with the third party data. The terms of the third party’s specific disclaimers, if any, are set forth in the Important Information section at </w:t>
       </w:r>
       <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidR="00C47866" w:rsidRPr="003A77FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.schroders.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C97C87">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. Schroders will be a data controller in respect of your personal data. For information on how Schroders might process your personal data, please view our Privacy Policy available at </w:t>
       </w:r>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidR="00C47866" w:rsidRPr="003A77FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.schroders.com/en/privacy-policy/</w:t>
         </w:r>
       </w:hyperlink>
@@ -2430,50 +2442,51 @@
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="020B0502040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Schroders Circular TT">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0804020101010102"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000BF" w:usb1="5000E47B" w:usb2="00000008" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
@@ -3802,72 +3815,78 @@
     <w:tblGrid>
       <w:gridCol w:w="9555"/>
       <w:gridCol w:w="367"/>
     </w:tblGrid>
     <w:tr w:rsidR="00EA5451" w:rsidRPr="00D32BF3" w14:paraId="61E0738B" w14:textId="77777777" w:rsidTr="00D32BF3">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="624"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="10265" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="44488E26" w14:textId="7F577A26" w:rsidR="00662112" w:rsidRPr="00D32BF3" w:rsidRDefault="00B05D18" w:rsidP="00D32BF3">
           <w:pPr>
             <w:pStyle w:val="B17ColouredFooterRIGHT"/>
             <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="00D32BF3">
             <w:t>Schroder ISF* EURO Credit Conviction</w:t>
           </w:r>
           <w:r w:rsidR="00AB27FB">
             <w:t xml:space="preserve"> Short Duration</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2E822A69" w14:textId="06293ECE" w:rsidR="006E0C71" w:rsidRPr="00D32BF3" w:rsidRDefault="00D57B82" w:rsidP="00D32BF3">
+        <w:p w14:paraId="2E822A69" w14:textId="5A9C7929" w:rsidR="006E0C71" w:rsidRPr="00D32BF3" w:rsidRDefault="00D57B82" w:rsidP="00D32BF3">
           <w:pPr>
             <w:pStyle w:val="B17ColouredFooterRIGHT"/>
             <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="00D32BF3">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Fund Manager: Patrick Vogel | Fund update: </w:t>
           </w:r>
-          <w:r w:rsidR="00354807">
+          <w:r w:rsidR="00AB487F">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
-            <w:t>December</w:t>
+            <w:t>January</w:t>
           </w:r>
           <w:r w:rsidR="00077E14">
             <w:rPr>
               <w:b w:val="0"/>
             </w:rPr>
-            <w:t xml:space="preserve"> 2025</w:t>
+            <w:t xml:space="preserve"> 202</w:t>
+          </w:r>
+          <w:r w:rsidR="00AB487F">
+            <w:rPr>
+              <w:b w:val="0"/>
+            </w:rPr>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="393" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="52A1D97B" w14:textId="45355DF1" w:rsidR="00662112" w:rsidRPr="00D32BF3" w:rsidRDefault="006A3B92" w:rsidP="00D32BF3">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <mc:AlternateContent>
               <mc:Choice Requires="wps">
                 <w:drawing>
                   <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BEC3B51" wp14:editId="5CEE8371">
                     <wp:simplePos x="0" y="0"/>
@@ -5783,50 +5802,51 @@
     <w:rsid w:val="00047D3C"/>
     <w:rsid w:val="00050007"/>
     <w:rsid w:val="00051283"/>
     <w:rsid w:val="00051C6C"/>
     <w:rsid w:val="00051DEF"/>
     <w:rsid w:val="00051E9F"/>
     <w:rsid w:val="00052E16"/>
     <w:rsid w:val="00053D10"/>
     <w:rsid w:val="0005429E"/>
     <w:rsid w:val="00054508"/>
     <w:rsid w:val="00054FF8"/>
     <w:rsid w:val="00055083"/>
     <w:rsid w:val="00056430"/>
     <w:rsid w:val="00056740"/>
     <w:rsid w:val="000600D3"/>
     <w:rsid w:val="00060418"/>
     <w:rsid w:val="00060446"/>
     <w:rsid w:val="000610E5"/>
     <w:rsid w:val="000613AD"/>
     <w:rsid w:val="00062ACE"/>
     <w:rsid w:val="00062E67"/>
     <w:rsid w:val="00062ECD"/>
     <w:rsid w:val="0006509D"/>
     <w:rsid w:val="0006620A"/>
     <w:rsid w:val="0006657D"/>
+    <w:rsid w:val="00067DBC"/>
     <w:rsid w:val="00067F8C"/>
     <w:rsid w:val="00070A26"/>
     <w:rsid w:val="0007121F"/>
     <w:rsid w:val="00071B3A"/>
     <w:rsid w:val="00071EF9"/>
     <w:rsid w:val="00071F4E"/>
     <w:rsid w:val="00072C47"/>
     <w:rsid w:val="00072C7F"/>
     <w:rsid w:val="00073677"/>
     <w:rsid w:val="0007530A"/>
     <w:rsid w:val="0007569B"/>
     <w:rsid w:val="0007608B"/>
     <w:rsid w:val="00076572"/>
     <w:rsid w:val="0007751D"/>
     <w:rsid w:val="00077A45"/>
     <w:rsid w:val="00077E14"/>
     <w:rsid w:val="00080E56"/>
     <w:rsid w:val="00080F09"/>
     <w:rsid w:val="00081834"/>
     <w:rsid w:val="000818A6"/>
     <w:rsid w:val="00081996"/>
     <w:rsid w:val="000828E2"/>
     <w:rsid w:val="00082FA4"/>
     <w:rsid w:val="0008599B"/>
     <w:rsid w:val="00085A17"/>
@@ -6629,50 +6649,51 @@
     <w:rsid w:val="004F7602"/>
     <w:rsid w:val="004F7D72"/>
     <w:rsid w:val="00500382"/>
     <w:rsid w:val="00500EF5"/>
     <w:rsid w:val="005016E0"/>
     <w:rsid w:val="00501AFB"/>
     <w:rsid w:val="00502B15"/>
     <w:rsid w:val="00503214"/>
     <w:rsid w:val="00506375"/>
     <w:rsid w:val="00506EDF"/>
     <w:rsid w:val="00507CDD"/>
     <w:rsid w:val="00510432"/>
     <w:rsid w:val="005105CD"/>
     <w:rsid w:val="00511992"/>
     <w:rsid w:val="005128EF"/>
     <w:rsid w:val="005128F7"/>
     <w:rsid w:val="00512D84"/>
     <w:rsid w:val="00513BC0"/>
     <w:rsid w:val="00513CBB"/>
     <w:rsid w:val="00514015"/>
     <w:rsid w:val="00514541"/>
     <w:rsid w:val="00515DFA"/>
     <w:rsid w:val="00516E23"/>
     <w:rsid w:val="00517035"/>
     <w:rsid w:val="00517680"/>
+    <w:rsid w:val="005209B9"/>
     <w:rsid w:val="00520CF9"/>
     <w:rsid w:val="0052456A"/>
     <w:rsid w:val="00524E03"/>
     <w:rsid w:val="00525154"/>
     <w:rsid w:val="00525DF8"/>
     <w:rsid w:val="00527993"/>
     <w:rsid w:val="00527AB7"/>
     <w:rsid w:val="00530292"/>
     <w:rsid w:val="00533445"/>
     <w:rsid w:val="00533CD8"/>
     <w:rsid w:val="005340FE"/>
     <w:rsid w:val="005344BF"/>
     <w:rsid w:val="005344E8"/>
     <w:rsid w:val="005353CD"/>
     <w:rsid w:val="0053618B"/>
     <w:rsid w:val="00541EA2"/>
     <w:rsid w:val="00542E2F"/>
     <w:rsid w:val="0054304C"/>
     <w:rsid w:val="00544403"/>
     <w:rsid w:val="0054443C"/>
     <w:rsid w:val="00544885"/>
     <w:rsid w:val="00544C19"/>
     <w:rsid w:val="00545624"/>
     <w:rsid w:val="005458EC"/>
     <w:rsid w:val="00545C1E"/>
@@ -6882,50 +6903,51 @@
     <w:rsid w:val="006674DA"/>
     <w:rsid w:val="00667DE7"/>
     <w:rsid w:val="0067010E"/>
     <w:rsid w:val="00671703"/>
     <w:rsid w:val="006724ED"/>
     <w:rsid w:val="0067354A"/>
     <w:rsid w:val="006747A3"/>
     <w:rsid w:val="00674D5A"/>
     <w:rsid w:val="00675FCB"/>
     <w:rsid w:val="006769BE"/>
     <w:rsid w:val="0067734E"/>
     <w:rsid w:val="006801BC"/>
     <w:rsid w:val="00681272"/>
     <w:rsid w:val="00682404"/>
     <w:rsid w:val="006830E6"/>
     <w:rsid w:val="00684120"/>
     <w:rsid w:val="00684BCB"/>
     <w:rsid w:val="006871B9"/>
     <w:rsid w:val="006878A5"/>
     <w:rsid w:val="00690B84"/>
     <w:rsid w:val="00691D5A"/>
     <w:rsid w:val="00692A6B"/>
     <w:rsid w:val="00692C6A"/>
     <w:rsid w:val="00692E6E"/>
     <w:rsid w:val="00693BF3"/>
+    <w:rsid w:val="00694C36"/>
     <w:rsid w:val="006950E6"/>
     <w:rsid w:val="0069549D"/>
     <w:rsid w:val="0069674B"/>
     <w:rsid w:val="00696A1B"/>
     <w:rsid w:val="006A14C2"/>
     <w:rsid w:val="006A1D33"/>
     <w:rsid w:val="006A2114"/>
     <w:rsid w:val="006A21F1"/>
     <w:rsid w:val="006A3891"/>
     <w:rsid w:val="006A3A9C"/>
     <w:rsid w:val="006A3B92"/>
     <w:rsid w:val="006A3F13"/>
     <w:rsid w:val="006A5CF0"/>
     <w:rsid w:val="006A7B47"/>
     <w:rsid w:val="006A7E51"/>
     <w:rsid w:val="006B1D29"/>
     <w:rsid w:val="006B224B"/>
     <w:rsid w:val="006B24FD"/>
     <w:rsid w:val="006B2773"/>
     <w:rsid w:val="006B305D"/>
     <w:rsid w:val="006B62E7"/>
     <w:rsid w:val="006B6D3E"/>
     <w:rsid w:val="006B6EDC"/>
     <w:rsid w:val="006B7F70"/>
     <w:rsid w:val="006C0EC8"/>
@@ -7342,50 +7364,51 @@
     <w:rsid w:val="008E1AEF"/>
     <w:rsid w:val="008E1C06"/>
     <w:rsid w:val="008E250C"/>
     <w:rsid w:val="008E2E9D"/>
     <w:rsid w:val="008E4AE1"/>
     <w:rsid w:val="008E5BC2"/>
     <w:rsid w:val="008F140F"/>
     <w:rsid w:val="008F42F5"/>
     <w:rsid w:val="008F4446"/>
     <w:rsid w:val="008F50A6"/>
     <w:rsid w:val="008F5374"/>
     <w:rsid w:val="008F58EB"/>
     <w:rsid w:val="008F6075"/>
     <w:rsid w:val="008F689B"/>
     <w:rsid w:val="008F7266"/>
     <w:rsid w:val="008F7320"/>
     <w:rsid w:val="008F7A0E"/>
     <w:rsid w:val="009001A7"/>
     <w:rsid w:val="009003A8"/>
     <w:rsid w:val="00900DE7"/>
     <w:rsid w:val="00901295"/>
     <w:rsid w:val="009022F8"/>
     <w:rsid w:val="009032D5"/>
     <w:rsid w:val="009037F3"/>
     <w:rsid w:val="009068A4"/>
+    <w:rsid w:val="009078FF"/>
     <w:rsid w:val="009117FD"/>
     <w:rsid w:val="0091197F"/>
     <w:rsid w:val="00912A23"/>
     <w:rsid w:val="00913490"/>
     <w:rsid w:val="009137B0"/>
     <w:rsid w:val="0091429B"/>
     <w:rsid w:val="0091486A"/>
     <w:rsid w:val="00916271"/>
     <w:rsid w:val="00916428"/>
     <w:rsid w:val="00917417"/>
     <w:rsid w:val="00917433"/>
     <w:rsid w:val="00917463"/>
     <w:rsid w:val="009179CE"/>
     <w:rsid w:val="00917EDD"/>
     <w:rsid w:val="00921AAE"/>
     <w:rsid w:val="00922541"/>
     <w:rsid w:val="00922E35"/>
     <w:rsid w:val="00922F56"/>
     <w:rsid w:val="00923999"/>
     <w:rsid w:val="009242D5"/>
     <w:rsid w:val="00925AC4"/>
     <w:rsid w:val="009264D8"/>
     <w:rsid w:val="009268D2"/>
     <w:rsid w:val="009269B3"/>
     <w:rsid w:val="0092741A"/>
@@ -7646,50 +7669,51 @@
     <w:rsid w:val="00A956DA"/>
     <w:rsid w:val="00A96C8A"/>
     <w:rsid w:val="00A9782C"/>
     <w:rsid w:val="00A97E3B"/>
     <w:rsid w:val="00AA308C"/>
     <w:rsid w:val="00AA3582"/>
     <w:rsid w:val="00AA36E3"/>
     <w:rsid w:val="00AA4163"/>
     <w:rsid w:val="00AA4F4C"/>
     <w:rsid w:val="00AA52AB"/>
     <w:rsid w:val="00AA5971"/>
     <w:rsid w:val="00AA5ECB"/>
     <w:rsid w:val="00AA62FA"/>
     <w:rsid w:val="00AA6891"/>
     <w:rsid w:val="00AA6E62"/>
     <w:rsid w:val="00AB06AA"/>
     <w:rsid w:val="00AB12C4"/>
     <w:rsid w:val="00AB1575"/>
     <w:rsid w:val="00AB1757"/>
     <w:rsid w:val="00AB1C27"/>
     <w:rsid w:val="00AB253E"/>
     <w:rsid w:val="00AB27FB"/>
     <w:rsid w:val="00AB2AC5"/>
     <w:rsid w:val="00AB384F"/>
     <w:rsid w:val="00AB4472"/>
+    <w:rsid w:val="00AB487F"/>
     <w:rsid w:val="00AB6030"/>
     <w:rsid w:val="00AB6472"/>
     <w:rsid w:val="00AB67C1"/>
     <w:rsid w:val="00AB6AA3"/>
     <w:rsid w:val="00AB703F"/>
     <w:rsid w:val="00AB7371"/>
     <w:rsid w:val="00AB75FC"/>
     <w:rsid w:val="00AB7FF4"/>
     <w:rsid w:val="00AC424C"/>
     <w:rsid w:val="00AC541C"/>
     <w:rsid w:val="00AC6228"/>
     <w:rsid w:val="00AC7015"/>
     <w:rsid w:val="00AC7591"/>
     <w:rsid w:val="00AC7D83"/>
     <w:rsid w:val="00AD00D7"/>
     <w:rsid w:val="00AD137C"/>
     <w:rsid w:val="00AD1734"/>
     <w:rsid w:val="00AD1D6A"/>
     <w:rsid w:val="00AD1FE2"/>
     <w:rsid w:val="00AD21EE"/>
     <w:rsid w:val="00AD28F1"/>
     <w:rsid w:val="00AD3355"/>
     <w:rsid w:val="00AD41E7"/>
     <w:rsid w:val="00AD4676"/>
     <w:rsid w:val="00AD4CF1"/>
@@ -7741,50 +7765,51 @@
     <w:rsid w:val="00B133DF"/>
     <w:rsid w:val="00B13784"/>
     <w:rsid w:val="00B140FE"/>
     <w:rsid w:val="00B151DA"/>
     <w:rsid w:val="00B15363"/>
     <w:rsid w:val="00B15621"/>
     <w:rsid w:val="00B15CD8"/>
     <w:rsid w:val="00B161EE"/>
     <w:rsid w:val="00B16716"/>
     <w:rsid w:val="00B16791"/>
     <w:rsid w:val="00B16F39"/>
     <w:rsid w:val="00B17633"/>
     <w:rsid w:val="00B17804"/>
     <w:rsid w:val="00B211B1"/>
     <w:rsid w:val="00B219BE"/>
     <w:rsid w:val="00B22A24"/>
     <w:rsid w:val="00B23E7F"/>
     <w:rsid w:val="00B254D8"/>
     <w:rsid w:val="00B2783E"/>
     <w:rsid w:val="00B27C8F"/>
     <w:rsid w:val="00B302DE"/>
     <w:rsid w:val="00B31640"/>
     <w:rsid w:val="00B316F4"/>
     <w:rsid w:val="00B3288C"/>
     <w:rsid w:val="00B33193"/>
+    <w:rsid w:val="00B340A1"/>
     <w:rsid w:val="00B351CF"/>
     <w:rsid w:val="00B35AD3"/>
     <w:rsid w:val="00B362D7"/>
     <w:rsid w:val="00B36A7B"/>
     <w:rsid w:val="00B375BF"/>
     <w:rsid w:val="00B379FF"/>
     <w:rsid w:val="00B37F41"/>
     <w:rsid w:val="00B401B4"/>
     <w:rsid w:val="00B4157F"/>
     <w:rsid w:val="00B41633"/>
     <w:rsid w:val="00B43612"/>
     <w:rsid w:val="00B458C4"/>
     <w:rsid w:val="00B46091"/>
     <w:rsid w:val="00B5688D"/>
     <w:rsid w:val="00B571E7"/>
     <w:rsid w:val="00B5757F"/>
     <w:rsid w:val="00B57B71"/>
     <w:rsid w:val="00B57DDF"/>
     <w:rsid w:val="00B60AD2"/>
     <w:rsid w:val="00B6343F"/>
     <w:rsid w:val="00B63F54"/>
     <w:rsid w:val="00B65B45"/>
     <w:rsid w:val="00B66599"/>
     <w:rsid w:val="00B66791"/>
     <w:rsid w:val="00B668E2"/>
@@ -7860,50 +7885,51 @@
     <w:rsid w:val="00BC401A"/>
     <w:rsid w:val="00BC4328"/>
     <w:rsid w:val="00BC4ECE"/>
     <w:rsid w:val="00BC5E06"/>
     <w:rsid w:val="00BC63CA"/>
     <w:rsid w:val="00BC6AFA"/>
     <w:rsid w:val="00BC73C2"/>
     <w:rsid w:val="00BD0145"/>
     <w:rsid w:val="00BD030D"/>
     <w:rsid w:val="00BD1275"/>
     <w:rsid w:val="00BD1DFB"/>
     <w:rsid w:val="00BD1E07"/>
     <w:rsid w:val="00BD203E"/>
     <w:rsid w:val="00BD4271"/>
     <w:rsid w:val="00BD43CC"/>
     <w:rsid w:val="00BD43DD"/>
     <w:rsid w:val="00BD463F"/>
     <w:rsid w:val="00BD4D51"/>
     <w:rsid w:val="00BD4EC8"/>
     <w:rsid w:val="00BD57B3"/>
     <w:rsid w:val="00BD71B6"/>
     <w:rsid w:val="00BD7B45"/>
     <w:rsid w:val="00BE00A3"/>
     <w:rsid w:val="00BE0587"/>
     <w:rsid w:val="00BE0664"/>
+    <w:rsid w:val="00BE07FD"/>
     <w:rsid w:val="00BE09BA"/>
     <w:rsid w:val="00BE0C6E"/>
     <w:rsid w:val="00BE137C"/>
     <w:rsid w:val="00BE13B8"/>
     <w:rsid w:val="00BE2972"/>
     <w:rsid w:val="00BE2C5F"/>
     <w:rsid w:val="00BE2E2D"/>
     <w:rsid w:val="00BE3194"/>
     <w:rsid w:val="00BE516B"/>
     <w:rsid w:val="00BE566A"/>
     <w:rsid w:val="00BE639D"/>
     <w:rsid w:val="00BE7BD6"/>
     <w:rsid w:val="00BF0608"/>
     <w:rsid w:val="00BF06F2"/>
     <w:rsid w:val="00BF1332"/>
     <w:rsid w:val="00BF1A22"/>
     <w:rsid w:val="00BF2204"/>
     <w:rsid w:val="00BF3587"/>
     <w:rsid w:val="00BF6C3E"/>
     <w:rsid w:val="00BF6CB9"/>
     <w:rsid w:val="00BF6FE8"/>
     <w:rsid w:val="00BF7A47"/>
     <w:rsid w:val="00BF7EA3"/>
     <w:rsid w:val="00C008C1"/>
     <w:rsid w:val="00C00A11"/>
@@ -8409,50 +8435,51 @@
     <w:rsid w:val="00E84197"/>
     <w:rsid w:val="00E85573"/>
     <w:rsid w:val="00E86095"/>
     <w:rsid w:val="00E867E9"/>
     <w:rsid w:val="00E8778A"/>
     <w:rsid w:val="00E87A57"/>
     <w:rsid w:val="00E9034A"/>
     <w:rsid w:val="00E90B79"/>
     <w:rsid w:val="00E923AF"/>
     <w:rsid w:val="00E92A73"/>
     <w:rsid w:val="00E92B9C"/>
     <w:rsid w:val="00E93D70"/>
     <w:rsid w:val="00E94CDF"/>
     <w:rsid w:val="00E951A1"/>
     <w:rsid w:val="00E951ED"/>
     <w:rsid w:val="00E9607F"/>
     <w:rsid w:val="00E96159"/>
     <w:rsid w:val="00E96CDB"/>
     <w:rsid w:val="00EA0E42"/>
     <w:rsid w:val="00EA23A0"/>
     <w:rsid w:val="00EA2A59"/>
     <w:rsid w:val="00EA3193"/>
     <w:rsid w:val="00EA3E9E"/>
     <w:rsid w:val="00EA5451"/>
     <w:rsid w:val="00EA56CC"/>
+    <w:rsid w:val="00EA58E9"/>
     <w:rsid w:val="00EA5B71"/>
     <w:rsid w:val="00EA62F9"/>
     <w:rsid w:val="00EA6328"/>
     <w:rsid w:val="00EA6922"/>
     <w:rsid w:val="00EB0561"/>
     <w:rsid w:val="00EB0F27"/>
     <w:rsid w:val="00EB1AB4"/>
     <w:rsid w:val="00EB24CE"/>
     <w:rsid w:val="00EB3A49"/>
     <w:rsid w:val="00EB3E47"/>
     <w:rsid w:val="00EB3E70"/>
     <w:rsid w:val="00EB5641"/>
     <w:rsid w:val="00EB7876"/>
     <w:rsid w:val="00EC0507"/>
     <w:rsid w:val="00EC0D57"/>
     <w:rsid w:val="00EC14DF"/>
     <w:rsid w:val="00EC18C7"/>
     <w:rsid w:val="00EC2430"/>
     <w:rsid w:val="00EC3D34"/>
     <w:rsid w:val="00EC4E49"/>
     <w:rsid w:val="00EC5299"/>
     <w:rsid w:val="00EC5FF2"/>
     <w:rsid w:val="00EC67A6"/>
     <w:rsid w:val="00ED01B5"/>
     <w:rsid w:val="00ED080D"/>
@@ -9197,50 +9224,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00850E0B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Schroders Circular TT" w:eastAsia="Times New Roman" w:hAnsi="Schroders Circular TT"/>
       <w:color w:val="00142E"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -10708,70 +10736,116 @@
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps8.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps9.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<AllWordPDs>
+</AllWordPDs>
 </file>
 
 <file path=customXml/item10.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListCustXmlRels>
+  <VariableListCustXmlRel variableListName="AD_HOC">
+    <VariableListDefCustXmlId>{D9F4C43E-5A6C-4532-83F6-D5E7F3B98D92}</VariableListDefCustXmlId>
+    <LibraryMetadataCustXmlId>{2E6718E7-1408-42D8-851F-5CFF3A7FBDD2}</LibraryMetadataCustXmlId>
+    <DataSourceInfoCustXmlId>{6570A155-273F-4696-8DF0-60CA5A3B40E4}</DataSourceInfoCustXmlId>
+    <DataSourceMappingCustXmlId>{8ECFCB54-2FF4-4132-A5C0-73E77D511520}</DataSourceMappingCustXmlId>
+    <SdmcCustXmlId>{9F6EEF50-FAA3-430F-AB9A-DCCA58324E69}</SdmcCustXmlId>
+  </VariableListCustXmlRel>
+  <VariableListCustXmlRel variableListName="Computed">
+    <VariableListDefCustXmlId>{466049E2-A633-4A07-8F73-94A74612CEB1}</VariableListDefCustXmlId>
+    <LibraryMetadataCustXmlId>{C012A1EA-2DEB-44E9-9AA2-CCDCD74F7B85}</LibraryMetadataCustXmlId>
+    <DataSourceInfoCustXmlId>{ED122ABE-3000-4C61-A4D4-1CF3FB765444}</DataSourceInfoCustXmlId>
+    <DataSourceMappingCustXmlId>{0CFB1A0D-283B-4691-B3B9-277AD406217B}</DataSourceMappingCustXmlId>
+    <SdmcCustXmlId>{9BD77C0F-5F99-4C56-9349-1DED4DA3FBDA}</SdmcCustXmlId>
+  </VariableListCustXmlRel>
+  <VariableListCustXmlRel variableListName="System">
+    <VariableListDefCustXmlId>{18D228CC-482B-4A29-BD67-03183A2239EB}</VariableListDefCustXmlId>
+    <LibraryMetadataCustXmlId>{2D11195C-FCEF-4ABD-832D-BCE58AEEAF26}</LibraryMetadataCustXmlId>
+    <DataSourceInfoCustXmlId>{042FBFF2-1E7C-4508-A14D-556666DB3BD1}</DataSourceInfoCustXmlId>
+    <DataSourceMappingCustXmlId>{EBA4E60E-C5D0-4A42-AA14-041C36011B2C}</DataSourceMappingCustXmlId>
+    <SdmcCustXmlId>{02E0CDAB-DCE7-4751-8414-45C0A73A7168}</SdmcCustXmlId>
+  </VariableListCustXmlRel>
+</VariableListCustXmlRels>
+</file>
+
+<file path=customXml/item11.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="Computed" displayName="Computed" id="cef6696b-cc44-400c-a143-c0247c66202d" isdomainofvalue="False" dataSourceId="ad8b6a6e-acd5-4b0f-937c-61d6e047e17f"/>
+</file>
+
+<file path=customXml/item12.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate>Fund Manager: Patrick Vogel | Fund update: September 2022</PublishDate>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
-<file path=customXml/item11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item13.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="Computed" TargetDataSourceId="ad8b6a6e-acd5-4b0f-937c-61d6e047e17f"/>
+</file>
+
+<file path=customXml/item14.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceMapping>
+  <Id>2ed5c66a-b5f1-4f52-a101-dc392f92eb29</Id>
+  <Name>EXPRESSION_VARIABLE_MAPPING</Name>
+  <TargetDataSource>ad8b6a6e-acd5-4b0f-937c-61d6e047e17f</TargetDataSource>
+  <SourceType>XML File</SourceType>
+  <IsReadOnly>false</IsReadOnly>
+  <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
+  <SalesforceOrganizationName/>
+  <SalesforceApiVersion/>
+  <Properties/>
+  <RawMappings/>
+  <DesignTimeProperties/>
+</DataSourceMapping>
+</file>
+
+<file path=customXml/item15.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AEFF028DBF6A5A4AACCE86F7DC7A62B5" ma:contentTypeVersion="33" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="32feb9ebb17725f20c1612b1586cc654">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69ece4c0-e639-4d27-a408-778c245e4fea" xmlns:ns3="c8fafc93-787e-4f10-bd18-bb5398e89066" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a4cf37c1eab08ba47b2e216147d5e197" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69ece4c0-e639-4d27-a408-778c245e4fea"/>
     <xsd:import namespace="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
@@ -11049,490 +11123,444 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item12.xml><?xml version="1.0" encoding="utf-8"?>
-<SourceDataModel Name="AD_HOC" TargetDataSourceId="ee45275a-de19-416e-9d22-490157ad7a54"/>
+<file path=customXml/item16.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item17.xml><?xml version="1.0" encoding="utf-8"?>
 <VariableList UniqueId="cef6696b-cc44-400c-a143-c0247c66202d" Name="Computed" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="ad8b6a6e-acd5-4b0f-937c-61d6e047e17f" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
 </file>
 
-<file path=customXml/item14.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-</VariableListCustXmlRels>
+<file path=customXml/item18.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceInfo>
+  <Id>ad8b6a6e-acd5-4b0f-937c-61d6e047e17f</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>Expression</DataSourceType>
+  <Name>Computed</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
 </file>
 
-<file path=customXml/item15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item19.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableListDefinition name="AD_HOC" displayName="AD_HOC" id="89cb3e8f-aa55-4601-ad38-1b958174d266" isdomainofvalue="False" dataSourceId="ee45275a-de19-416e-9d22-490157ad7a54"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<AllExternalAdhocVariableMappings/>
+</file>
+
+<file path=customXml/item20.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceMapping>
+  <Id>dec0d057-3e5d-4a0d-a4b6-c0cb5a7854aa</Id>
+  <Name>AD_HOC_MAPPING</Name>
+  <TargetDataSource>ee45275a-de19-416e-9d22-490157ad7a54</TargetDataSource>
+  <SourceType>XML File</SourceType>
+  <IsReadOnly>false</IsReadOnly>
+  <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
+  <SalesforceOrganizationName/>
+  <SalesforceApiVersion/>
+  <Properties>
+    <Property Name="RecordSeperator" Value="SampleData/DataRecord"/>
+  </Properties>
+  <RawMappings/>
+  <DesignTimeProperties/>
+</DataSourceMapping>
+</file>
+
+<file path=customXml/item21.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item22.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableList UniqueId="8282689e-c4a1-46ae-839e-56428b506614" Name="System" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="93a9c6a9-1bb2-4681-8722-67314e685cec" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+</file>
+
+<file path=customXml/item23.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableList UniqueId="89cb3e8f-aa55-4601-ad38-1b958174d266" Name="AD_HOC" ContentType="XML" MajorVersion="0" MinorVersion="1" isLocalCopy="False" IsBaseObject="False" DataSourceId="ee45275a-de19-416e-9d22-490157ad7a54" DataSourceMajorVersion="0" DataSourceMinorVersion="1"/>
+</file>
+
+<file path=customXml/item24.xml><?xml version="1.0" encoding="utf-8"?>
+<VariableUsageMapping/>
+</file>
+
+<file path=customXml/item25.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item26.xml><?xml version="1.0" encoding="utf-8"?>
 <DataSourceInfo>
   <Id>93a9c6a9-1bb2-4681-8722-67314e685cec</Id>
   <MajorVersion>0</MajorVersion>
   <MinorVersion>1</MinorVersion>
   <DataSourceType>System</DataSourceType>
   <Name>System</Name>
   <Description/>
   <Filter/>
   <DataFields/>
 </DataSourceInfo>
 </file>
 
-<file path=customXml/item16.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableListDefinition name="Computed" displayName="Computed" id="cef6696b-cc44-400c-a143-c0247c66202d" isdomainofvalue="False" dataSourceId="ad8b6a6e-acd5-4b0f-937c-61d6e047e17f"/>
+<file path=customXml/item27.xml><?xml version="1.0" encoding="utf-8"?>
+<DataSourceInfo>
+  <Id>ee45275a-de19-416e-9d22-490157ad7a54</Id>
+  <MajorVersion>0</MajorVersion>
+  <MinorVersion>1</MinorVersion>
+  <DataSourceType>Ad_Hoc</DataSourceType>
+  <Name>AD_HOC</Name>
+  <Description/>
+  <Filter/>
+  <DataFields/>
+</DataSourceInfo>
 </file>
 
-<file path=customXml/item17.xml><?xml version="1.0" encoding="utf-8"?>
-<VariableUsageMapping/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="System" TargetDataSourceId="93a9c6a9-1bb2-4681-8722-67314e685cec"/>
 </file>
 
-<file path=customXml/item18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h5c6f3f9467c440da5d4e58f9d6915e3 xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </h5c6f3f9467c440da5d4e58f9d6915e3>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="69ece4c0-e639-4d27-a408-778c245e4fea" xsi:nil="true"/>
     <gdc95e895a66489fbddfd0aedeef4a4d xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </gdc95e895a66489fbddfd0aedeef4a4d>
     <na0ef3f2435a44f992efef542271c1ad xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </na0ef3f2435a44f992efef542271c1ad>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <eb70884a37994eea8f8610875be350fb xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </eb70884a37994eea8f8610875be350fb>
     <n36f8d5caa114d28bd6cd683d744a75d xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </n36f8d5caa114d28bd6cd683d744a75d>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <id1de02aebd34f1b9a02af7835d3332c xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </id1de02aebd34f1b9a02af7835d3332c>
     <pd7ad48bd346410abfeeb792744c4564 xmlns="c8fafc93-787e-4f10-bd18-bb5398e89066">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </pd7ad48bd346410abfeeb792744c4564>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item19.xml><?xml version="1.0" encoding="utf-8"?>
-<SourceDataModel Name="System" TargetDataSourceId="93a9c6a9-1bb2-4681-8722-67314e685cec"/>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<SourceDataModel Name="AD_HOC" TargetDataSourceId="ee45275a-de19-416e-9d22-490157ad7a54"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-<file path=customXml/item20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <AllMetadata/>
 </file>
 
-<file path=customXml/item21.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/item22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
 <DataSourceMapping>
   <Id>c6d307e8-be74-4b6a-9c8e-c8adb9822790</Id>
   <Name>EXPRESSION_VARIABLE_MAPPING</Name>
   <TargetDataSource>93a9c6a9-1bb2-4681-8722-67314e685cec</TargetDataSource>
   <SourceType>XML File</SourceType>
   <IsReadOnly>false</IsReadOnly>
   <SalesforceOrganizationId>00000000-0000-0000-0000-000000000000</SalesforceOrganizationId>
   <SalesforceOrganizationName/>
   <SalesforceApiVersion/>
   <Properties/>
   <RawMappings/>
   <DesignTimeProperties/>
 </DataSourceMapping>
 </file>
 
-<file path=customXml/item23.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</DataSourceMapping>
+<file path=customXml/item8.xml><?xml version="1.0" encoding="utf-8"?>
+<DocPartTree/>
 </file>
 
-<file path=customXml/item24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item9.xml><?xml version="1.0" encoding="utf-8"?>
 <VariableListDefinition name="System" displayName="System" id="8282689e-c4a1-46ae-839e-56428b506614" isdomainofvalue="False" dataSourceId="93a9c6a9-1bb2-4681-8722-67314e685cec"/>
 </file>
 
-<file path=customXml/item25.xml><?xml version="1.0" encoding="utf-8"?>
-[...57 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F115239F-F1C4-49E9-964B-C793131892BB}">
-[...2 lines deleted...]
-  </ds:schemaRefs>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C367B8A-B37A-4BCB-BC9C-2FD188816234}">
+  <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps10.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{771DF6E6-C94E-4B7C-84C1-DB2F79C417C1}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps11.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{466049E2-A633-4A07-8F73-94A74612CEB1}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps12.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19015827-52B2-4903-9ECD-9019F01C3E7B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps13.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BD77C0F-5F99-4C56-9349-1DED4DA3FBDA}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps14.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CFB1A0D-283B-4691-B3B9-277AD406217B}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps15.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{428C1F5D-DFDC-4BED-A09C-2D619C34A9B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69ece4c0-e639-4d27-a408-778c245e4fea"/>
     <ds:schemaRef ds:uri="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps12.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <ds:schemaRefs/>
+<file path=customXml/itemProps16.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC61B091-6854-46C3-A378-D949C160F847}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps17.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C012A1EA-2DEB-44E9-9AA2-CCDCD74F7B85}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps14.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{771DF6E6-C94E-4B7C-84C1-DB2F79C417C1}">
+<file path=customXml/itemProps18.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED122ABE-3000-4C61-A4D4-1CF3FB765444}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps19.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9F4C43E-5A6C-4532-83F6-D5E7F3B98D92}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDFB66BD-6B5B-4148-B88F-6E47AB3E2A52}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps20.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8ECFCB54-2FF4-4132-A5C0-73E77D511520}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps21.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA81708C-DB8C-4E6C-A9E8-63084110D99C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps22.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D11195C-FCEF-4ABD-832D-BCE58AEEAF26}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps23.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E6718E7-1408-42D8-851F-5CFF3A7FBDD2}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps24.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E52DA5E-AAFA-4EF3-A76D-AB8824C64553}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps25.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F115239F-F1C4-49E9-964B-C793131892BB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps26.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{042FBFF2-1E7C-4508-A14D-556666DB3BD1}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps16.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{466049E2-A633-4A07-8F73-94A74612CEB1}">
+<file path=customXml/itemProps27.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6570A155-273F-4696-8DF0-60CA5A3B40E4}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps17.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E52DA5E-AAFA-4EF3-A76D-AB8824C64553}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02E0CDAB-DCE7-4751-8414-45C0A73A7168}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F01704FF-7A59-40DA-8F51-9AE6011EA24B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c8fafc93-787e-4f10-bd18-bb5398e89066"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69ece4c0-e639-4d27-a408-778c245e4fea"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps19.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02E0CDAB-DCE7-4751-8414-45C0A73A7168}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F6EEF50-FAA3-430F-AB9A-DCCA58324E69}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-<file path=customXml/itemProps20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{150DAC81-0347-41D3-9EF5-415757EE687C}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps21.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-<file path=customXml/itemProps22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBA4E60E-C5D0-4A42-AA14-041C36011B2C}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps23.xml><?xml version="1.0" encoding="utf-8"?>
-[...53 lines deleted...]
-<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEF1E46D-0062-4059-8329-DC8893B19587}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps9.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC61B091-6854-46C3-A378-D949C160F847}">
-[...2 lines deleted...]
-  </ds:schemaRefs>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18D228CC-482B-4A29-BD67-03183A2239EB}">
+  <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1d3680c3-127e-4a30-867f-435e340a45e3}" enabled="0" method="" siteId="{1d3680c3-127e-4a30-867f-435e340a45e3}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2168</Words>
-  <Characters>11686</Characters>
+  <Words>2256</Words>
+  <Characters>12504</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>343</Lines>
-  <Paragraphs>105</Paragraphs>
+  <Lines>357</Lines>
+  <Paragraphs>110</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Schroders Investment Management</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13749</CharactersWithSpaces>
+  <CharactersWithSpaces>14650</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1835024</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.schroders.com/en/lu/professional-investor/footer/complaints-handling/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3670057</vt:i4>
       </vt:variant>
       <vt:variant>